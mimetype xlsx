--- v0 (2025-12-30)
+++ v1 (2026-02-28)
@@ -12,80 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Registro de Gastos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Sueldos</t>
   </si>
   <si>
     <t>Luz</t>
   </si>
   <si>
     <t>Poste</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>CMD</t>
   </si>
   <si>
     <t>Cable</t>
   </si>
   <si>
     <t>Otros</t>
   </si>
   <si>
     <t>Detalle de Otros Gastos</t>
   </si>
   <si>
     <t>Total</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>COMPRA DE ONUS</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>sueldo contadora, pago de celulares</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>compra de repetidor, compra de pintura, combustible, pago de bordaduria la mitad</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>PAGO DE MIKROTICK, COMPRA DE CONECTORES Y ROSETAS, COMPRA DE GASEOSA, PRONATEL, PRONATEL, CAMBIO DE  PITON LLANTA, COMRPA DE TORNILLOS, combustible, pago afp, alquiler de postes</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>COMPRA DE TORNILLOS</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>compra de materiales</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>COMPRA DE FIBRa</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>COMBUSTIBLE, REVISION TECNICA, INFLADO DE LLANTA</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>compra de masilla, pago de llaves iks</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>PAGO CELULARES, COMPRA DE GASEOSA, combustible</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>licencia de astra, compra de onus, recojo encomienda, pronatel, osiptel, combustible, pago afp, compra clavitos, combustible, pago de cable, publicidad, compra de melamina, gaseosa, pago edilberto, pago contadora, compra de lija</t>
   </si>
   <si>
     <t>TOTAL ACUMULADO</t>
   </si>
   <si>
     <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -116,57 +185,62 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="4" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -433,118 +507,514 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:J14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I2" sqref="I2:I2"/>
+      <selection activeCell="I2" sqref="I2:I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="270.077" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="3"/>
-[...6 lines deleted...]
-      <c r="I2" s="4" t="s">
+      <c r="B2" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C2" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D2" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E2" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F2" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G2" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H2" s="4">
+        <v>595.0</v>
+      </c>
+      <c r="I2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="J2" s="3">
-        <v>0</v>
+      <c r="J2" s="4">
+        <v>595.0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="4">
+        <v>200.0</v>
+      </c>
+      <c r="C3" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D3" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E3" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F3" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G3" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H3" s="4">
+        <v>120.0</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" s="4">
+        <v>320.0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C4" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D4" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E4" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F4" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G4" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H4" s="4">
+        <v>227.0</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" s="4">
+        <v>227.0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C5" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E5" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F5" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G5" s="4">
+        <v>254.9</v>
+      </c>
+      <c r="H5" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="I5" s="6"/>
+      <c r="J5" s="4">
+        <v>254.9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C6" s="4">
+        <v>749.3</v>
+      </c>
+      <c r="D6" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E6" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F6" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G6" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H6" s="4">
+        <v>4029.3</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="J6" s="4">
+        <v>4778.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C7" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E7" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F7" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G7" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H7" s="4">
+        <v>17.0</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="J7" s="4">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C8" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D8" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E8" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F8" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G8" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H8" s="4">
+        <v>383.0</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J8" s="4">
+        <v>383.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C9" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E9" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F9" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G9" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H9" s="4">
+        <v>230.0</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J9" s="4">
+        <v>230.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="4">
+        <v>3800.0</v>
+      </c>
+      <c r="C10" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D10" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E10" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F10" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G10" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H10" s="4">
+        <v>132.0</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="4">
+        <v>3932.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D11" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E11" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G11" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H11" s="4">
+        <v>245.0</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J11" s="4">
+        <v>245.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="D12" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="E12" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="G12" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H12" s="4">
+        <v>130.0</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="J12" s="4">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="4">
+        <v>3950.0</v>
+      </c>
+      <c r="C13" s="4">
+        <v>803.9</v>
+      </c>
+      <c r="D13" s="4">
+        <v>867.3</v>
+      </c>
+      <c r="E13" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="F13" s="4">
+        <v>2000.0</v>
+      </c>
+      <c r="G13" s="4">
+        <v>0.0</v>
+      </c>
+      <c r="H13" s="4">
+        <v>2794.4</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="J13" s="4">
+        <v>10415.6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="5">
+        <v>7950.0</v>
+      </c>
+      <c r="C14" s="5">
+        <v>1553.2</v>
+      </c>
+      <c r="D14" s="5">
+        <v>867.3</v>
+      </c>
+      <c r="E14" s="5">
+        <v>0.0</v>
+      </c>
+      <c r="F14" s="5">
+        <v>2000.0</v>
+      </c>
+      <c r="G14" s="5">
+        <v>254.9</v>
+      </c>
+      <c r="H14" s="5">
+        <v>8902.7</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J14" s="5">
+        <v>21528.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>