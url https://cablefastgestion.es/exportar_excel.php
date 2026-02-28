--- v0 (2025-12-30)
+++ v1 (2026-02-28)
@@ -12,97 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="829">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="840">
   <si>
     <t>DNI</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Dirección</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
-    <t>FABIOLA MARLENE GOMEZ CREVOISIER</t>
-[...4 lines deleted...]
-  <si>
     <t>HUGO CALDERON MERCADO</t>
   </si>
   <si>
     <t>PSJ: LOS OLIVOS 128 - VILCACOTO</t>
   </si>
   <si>
     <t>982600675/964244256</t>
   </si>
   <si>
     <t>VALENTIN TEODOSIO AGUIRRE HERRERA</t>
   </si>
   <si>
     <t>AV: HUAYTAPALLANA S/N - VILCACOTO</t>
   </si>
   <si>
     <t>JORDI LENIN LEAÑO BARRA</t>
   </si>
   <si>
     <t>PLAZA N° 171 - VILCACOTO</t>
   </si>
   <si>
-    <t>LINCOLN JEFFERSON SALDARRIAGA AGUILAR</t>
-[...4 lines deleted...]
-  <si>
     <t>JENNY AYDEE DE LA CRUZ  PONCE</t>
   </si>
   <si>
     <t>AV: PIEDRA PARADA Y ADJUDICACION 303 - CULLPA ALTA</t>
   </si>
   <si>
     <t>JAVIER BORJA CHIHUAN</t>
   </si>
   <si>
     <t>AV: LA UNION S/N - VILCACOTO</t>
   </si>
   <si>
     <t>EDITH VANESSA CAMAC PAREJAS</t>
   </si>
   <si>
     <t>JR: 30 DE MAYO 155 - UÑAS</t>
   </si>
   <si>
     <t>ZONIA CHAVEZ GUTARRA</t>
   </si>
   <si>
     <t>JR: LOS ALISOS S/N - UÑAS</t>
   </si>
   <si>
     <t>YON KLENTON ANDAMAYO EGOAVIL</t>
@@ -137,56 +125,50 @@
   <si>
     <t>JR: SAN MARTIN S/N - PACCHA</t>
   </si>
   <si>
     <t>966012329/933964826/942480775</t>
   </si>
   <si>
     <t>KENYI BALTAZAR HUAMAN</t>
   </si>
   <si>
     <t>PARADERO DE LA ETRAZAS - PAÑASPAMPA</t>
   </si>
   <si>
     <t>AQUILINA CRISTINA RIOS CHUQUILLANQUI</t>
   </si>
   <si>
     <t>AV HUAYTAPALLANA S/N - VILCACOTO</t>
   </si>
   <si>
     <t>SANDRA SOLEDAD POMA CASTRO</t>
   </si>
   <si>
     <t>PSJ LOS LIRIOS S/N FRENTE RITMO - PALIAN</t>
   </si>
   <si>
-    <t>ISMAEL LUIS CHIHUAN SULLCA</t>
-[...4 lines deleted...]
-  <si>
     <t>JOSE HUAMAN QUISPE</t>
   </si>
   <si>
     <t>AV: HUAYTAPALLANA 1200 - VILCACOTO</t>
   </si>
   <si>
     <t>CESAR DAVID TOVAR MEDINA</t>
   </si>
   <si>
     <t>Jr. Pucatea 978 - PUCATEA</t>
   </si>
   <si>
     <t>GLORIA DEMETRIA POMA ZANABRIA DE MENDOZA</t>
   </si>
   <si>
     <t>CALLE SAN FELIPE 158 - UÑAS</t>
   </si>
   <si>
     <t>ELADIO JESUS MAGARIÑO FLORES</t>
   </si>
   <si>
     <t>PSJE: CHICCHICANCHA S/N - CULLPA ALTA</t>
   </si>
   <si>
     <t>974894022/919474228</t>
@@ -233,2316 +215,2367 @@
   <si>
     <t>OLGA ECHPAS SANABRIA</t>
   </si>
   <si>
     <t>AV: PARIHUANCA 123 (PUENTE CHICO)- VILCACOTO</t>
   </si>
   <si>
     <t>NANCY VICTORIA HUAMAN QUISPE</t>
   </si>
   <si>
     <t>AV: HUAYTAPALLANA 191 - PAÑASPAMPA</t>
   </si>
   <si>
     <t>984435289/963837516</t>
   </si>
   <si>
     <t>PATSY CHABELI POMA DAVID</t>
   </si>
   <si>
     <t>AV: HUAYTAPALLANA 126 - PAÑASPAMPA</t>
   </si>
   <si>
     <t>932154032/989748372</t>
   </si>
   <si>
-    <t>NICOHOL STEFANIE GUTARRA TITO</t>
+    <t>SARA LIZ NIETO LIMAYLLA</t>
+  </si>
+  <si>
+    <t>JR: SANTA MARTA Mz A LOTE 10 -PALIAN</t>
+  </si>
+  <si>
+    <t>928458657/978097423</t>
+  </si>
+  <si>
+    <t>PAOLA XIOMARA DAVILA BERNARDINO</t>
+  </si>
+  <si>
+    <t>AV: PUCATEA 827 - UÑAS</t>
+  </si>
+  <si>
+    <t>VICTOR CANCHUMANI SALOME</t>
+  </si>
+  <si>
+    <t>JR: LOS CIPRESES S/N - LAS LOMAS CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>917980491/910708138</t>
+  </si>
+  <si>
+    <t>HERMINIA CARDENAS YAURIS</t>
+  </si>
+  <si>
+    <t>986177519/979752870</t>
+  </si>
+  <si>
+    <t>ELVIS PRESLEY ESPINOZA CIERTO</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 516 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>907008934/923831047</t>
+  </si>
+  <si>
+    <t>YULIANA HUAMAN HUALPA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 304 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>953890562/982653135</t>
+  </si>
+  <si>
+    <t>IVAN BORJA BARJA</t>
+  </si>
+  <si>
+    <t>BARRIO ARRIBA - ACOPALCA</t>
+  </si>
+  <si>
+    <t>ROBERTO ADRIAN BERNARDINO HINOJOSA</t>
+  </si>
+  <si>
+    <t>TRACY ALLISON ROJAS LEDESMA</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 357 - PALIAN</t>
+  </si>
+  <si>
+    <t>GRIMALDO BASURTO SANABRIA</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO S/N - COCHAS GRANDE</t>
+  </si>
+  <si>
+    <t>964751717/999810524</t>
+  </si>
+  <si>
+    <t>IVETTE KIARA AYALA CABRERA</t>
+  </si>
+  <si>
+    <t>PSJ: TEODOSIO FLORES S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>997806050/940895509</t>
+  </si>
+  <si>
+    <t>LUZ ESPERANZA CAMARENA CARLOS</t>
+  </si>
+  <si>
+    <t>PSJ: GOMES S/N EL SOL - UÑAS</t>
+  </si>
+  <si>
+    <t>992203681/948084770</t>
+  </si>
+  <si>
+    <t>MAIKER JAMIL ARTICA GARCIA</t>
+  </si>
+  <si>
+    <t>PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>LISETH KAREN CORDOVA PALOMINO</t>
+  </si>
+  <si>
+    <t>BARRIO ABAJO - ACOPALCA</t>
+  </si>
+  <si>
+    <t>988977752/982117382</t>
+  </si>
+  <si>
+    <t>BRITTA FLOREZ PEREZ</t>
+  </si>
+  <si>
+    <t>PSJ: TEODOSIO FLORES 121 - VILCACOCOTO</t>
+  </si>
+  <si>
+    <t>954047745/984732665</t>
+  </si>
+  <si>
+    <t>ROY RIVER BORJA TITO</t>
+  </si>
+  <si>
+    <t>PARADERO LAS VERDES - UÑAS</t>
+  </si>
+  <si>
+    <t>EDHER ARTURO GARCIA CHUPAN</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO 592 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>920325431/902771203</t>
+  </si>
+  <si>
+    <t>ROLANDO ORTEGA GASPAR</t>
+  </si>
+  <si>
+    <t>JR: LA UNION 250 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>988866499/980703108</t>
+  </si>
+  <si>
+    <t>LIZ HUARINGA SULLCA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - MOLINO</t>
+  </si>
+  <si>
+    <t>EMERSON MAYTA GAMARRA</t>
+  </si>
+  <si>
+    <t>PSJ: RIOS S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>913453036/940304131</t>
+  </si>
+  <si>
+    <t>JENIFFER ESTHEFANY SOLIS HUAMAN</t>
+  </si>
+  <si>
+    <t>JR: JOSE OLAYA 115 - PALIAN</t>
+  </si>
+  <si>
+    <t>FRANKLIN SERAPIO GUERRA CABRERA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 515 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>955365679/997737291</t>
+  </si>
+  <si>
+    <t>MARUJA AZUCENA CHAVEZ ROJAS DE RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>POSTA COCHAS GRANDE</t>
+  </si>
+  <si>
+    <t>FREDDY KOZEL DE LA CRUZ LAURA</t>
+  </si>
+  <si>
+    <t>PSJ: SOL NACIENTE S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>PAOLA YUMICO ALFARO DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA810 - BARRIO LA FLORIDA</t>
+  </si>
+  <si>
+    <t>ZARAI  KELY BEJARANO  BERROCAL</t>
+  </si>
+  <si>
+    <t>JULY MERCEDES DE LA CRUZ ARIAS</t>
+  </si>
+  <si>
+    <t>PSJ: LOS PINOS 606 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>JULIO FREDY TOCAS SAMANIEGO</t>
+  </si>
+  <si>
+    <t>FUNDO LA QUEBRADA</t>
+  </si>
+  <si>
+    <t>901068940/907399948</t>
+  </si>
+  <si>
+    <t>ANGEL ALFREDO LAURA ASCONA</t>
+  </si>
+  <si>
+    <t>AV: PIEDRA PARADA 818 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>997800899/913188122</t>
+  </si>
+  <si>
+    <t>YAKERINY MARITZA ARAUCO ALFARO</t>
+  </si>
+  <si>
+    <t>AV:03 DE MAYO 3 ESQUINAS - UÑAS</t>
+  </si>
+  <si>
+    <t>967034139/956631428</t>
+  </si>
+  <si>
+    <t>AQUILINO FERNANDO RIVAS CHIHUAN</t>
+  </si>
+  <si>
+    <t>AV: 3 DE MAYO 350 - UÑAS ALTA</t>
+  </si>
+  <si>
+    <t>MARIORI PATRICIA CHINCHAY CIPRIANO</t>
+  </si>
+  <si>
+    <t>PSJ: LAGUNAS - COCHAS GRANDE</t>
+  </si>
+  <si>
+    <t>EIDI VIVIAN SALOME VILCAHUAMAN</t>
+  </si>
+  <si>
+    <t>CALLE MIGUEL GRAU S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>HILDA LANASCA PALOMINO</t>
+  </si>
+  <si>
+    <t>PSJ: LOS ALISOS S/N - MOLINO</t>
+  </si>
+  <si>
+    <t>902663670/963121724</t>
+  </si>
+  <si>
+    <t>DANNY CRISTIAN PARIONA SINCHE</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>984461598/921777103</t>
+  </si>
+  <si>
+    <t>LESLIE MEDALY CIPRIANO FERNANDEZ</t>
+  </si>
+  <si>
+    <t>969359468/978373231</t>
+  </si>
+  <si>
+    <t>MORELIA YAHAIRA ROJAS MATIAS</t>
+  </si>
+  <si>
+    <t>JR: JOSE OLAYA 103 - PALIAN</t>
+  </si>
+  <si>
+    <t>GUISSELA ANAIS BORJA GUERRA</t>
+  </si>
+  <si>
+    <t>PSJ: GARCIA 354 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>CARMEN ROSA PEREZ CENTENO</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 312 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>HUMBERTO LUIS ALLCA LEON</t>
+  </si>
+  <si>
+    <t>AV: PUCATEA 882 - PUCATEA</t>
+  </si>
+  <si>
+    <t>EDWIN HUGO CUNYAS BORJA</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>917243057/950114925</t>
+  </si>
+  <si>
+    <t>SANDY MORELIA INGA GOMEZ</t>
+  </si>
+  <si>
+    <t>JR: LORETO S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>IDA HILDA POMA POMALAZA</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE 250 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>987644645/984136307</t>
+  </si>
+  <si>
+    <t>MARITZA LUCY OSORES SANABRIA</t>
+  </si>
+  <si>
+    <t>JR: LOS LIRIOS MzA lote 10 - URB RL - PALIAN</t>
+  </si>
+  <si>
+    <t>972250312/997136931</t>
+  </si>
+  <si>
+    <t>DAYANA ANHELI MATOS QUINTANA</t>
+  </si>
+  <si>
+    <t>CARRETERA PARIAHUANCA 181 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>954175590/959400876</t>
+  </si>
+  <si>
+    <t>ALEXANDER PIERO  GUERRERO CARHUAMACA</t>
+  </si>
+  <si>
+    <t>AV: 12 OCTUBRE 516 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>925351471/964233865</t>
+  </si>
+  <si>
+    <t>VILMA IDE INGA VASQUEZ</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 629 - UÑAS</t>
+  </si>
+  <si>
+    <t>924502488/954199097</t>
+  </si>
+  <si>
+    <t>HILDA YRAIDA BERNARDINO LAVANDO</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA S/N - BARRIO LA FLORIDA</t>
+  </si>
+  <si>
+    <t>963 271 913</t>
+  </si>
+  <si>
+    <t>EDWER ALDO POMA CANCHUMUNI</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 122 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>964637797/963934422</t>
+  </si>
+  <si>
+    <t>ANTONIA PAULINA RAMOS BOZA DE MAYHUA</t>
+  </si>
+  <si>
+    <t>CALLE INSURGENTES - PALIAN</t>
+  </si>
+  <si>
+    <t>910084435/951240237</t>
+  </si>
+  <si>
+    <t>MILAGROS FLORES PEREZ</t>
+  </si>
+  <si>
+    <t>JR: TEODOSIO FLORES 202 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>GINA CLAUDIA VILLAVERDE HUAMAN</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 100 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>MAUDELIA VARGAS SAYAS</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 460 - PALIAN</t>
+  </si>
+  <si>
+    <t>958615683/956662727</t>
+  </si>
+  <si>
+    <t>YORDI YOMERSON VELI BRAVO</t>
+  </si>
+  <si>
+    <t>DARLENE SHAROL TORRES INCHE</t>
+  </si>
+  <si>
+    <t>JR: CESAR VALLEJO S/N - PROGRESO</t>
+  </si>
+  <si>
+    <t>923400909/919143787</t>
+  </si>
+  <si>
+    <t>ALBERTO BORJA VELA</t>
+  </si>
+  <si>
+    <t>BARRIO CENTRO - ACOPALCA</t>
+  </si>
+  <si>
+    <t>SILOE CURO CARRASCO</t>
+  </si>
+  <si>
+    <t>CALLE LOS ALAMOS MzE LOTE 13 - PALIAN</t>
+  </si>
+  <si>
+    <t>942724492/951700149</t>
+  </si>
+  <si>
+    <t>ROSANA NANCY RIOS BERRIOS DE MAYTA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 110 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>AYDA VILCHEZ VARGAS</t>
+  </si>
+  <si>
+    <t>JR: LORETO 110 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>997773239/947943026</t>
+  </si>
+  <si>
+    <t>NICOLETTE ARIANA FITTER ALFONSO</t>
+  </si>
+  <si>
+    <t>PROL: SANTA MARTA S/N - PALIAN</t>
+  </si>
+  <si>
+    <t>922871730/900768717</t>
+  </si>
+  <si>
+    <t>EDGAR HUGO PALOMINO BERRIOS</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 400 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>ESAU JIMY SEDANO SAMANIEGO (COD:272)</t>
+  </si>
+  <si>
+    <t>JR. JOSE OLAYA 126 - PALIAN</t>
+  </si>
+  <si>
+    <t>938904373/964733193</t>
+  </si>
+  <si>
+    <t>NOEMI AQUILINA CUNYAS VILCAPOMA</t>
+  </si>
+  <si>
+    <t>PSJ: ALIAGA 152 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>980866584/991102034</t>
+  </si>
+  <si>
+    <t>JEAN DARWIN HUAMAN RIVERA</t>
+  </si>
+  <si>
+    <t>PSJ: LOS ROSALES S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>NAIDA PILAR BORJA GAMARRA</t>
+  </si>
+  <si>
+    <t>JR: SANTA MARTA Mz A LOTE 6 - PALIAN</t>
+  </si>
+  <si>
+    <t>MARLENY NORMA PALOMINO JOAQUIN</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 1892 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>YULY VELIZ MENDOZA</t>
+  </si>
+  <si>
+    <t>PSJ: SANTA FE 775 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>973236442/952315354</t>
+  </si>
+  <si>
+    <t>FRANK DANNY PALOMINO VERASTEGUI</t>
+  </si>
+  <si>
+    <t>JR: MANCO CAPAC 450 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>931696486/954143445</t>
+  </si>
+  <si>
+    <t>CLINTON ENRIQUEZ VASQUEZ</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 507 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>OBER ABEL RIVERA GUERRA</t>
+  </si>
+  <si>
+    <t>JR: MIGUEL GRAU 340 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>962769940/997358040</t>
+  </si>
+  <si>
+    <t>MAGNO ROMANI VIVANCO</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 1640 - PALIAN</t>
+  </si>
+  <si>
+    <t>SONIA ISABEL CAHUANA VELASQUEZ</t>
+  </si>
+  <si>
+    <t>MARISELA BORJA JUVENAL DE AVILA</t>
+  </si>
+  <si>
+    <t>PSJ: CEMENTERIO 100 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>930983438/930244398</t>
+  </si>
+  <si>
+    <t>YOVANA CHIHUAN VENTURA</t>
+  </si>
+  <si>
+    <t>AV: LA FLORIDA 882 - PALIAN</t>
+  </si>
+  <si>
+    <t>ROLANDO RUBEN HERRERA PEREZ</t>
+  </si>
+  <si>
+    <t>PSJ:GUERRA 513 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>PAULINA ANTONIA ESPINOZA ALHUA</t>
+  </si>
+  <si>
+    <t>PSJ: MENDOZA 171 - UÑAS</t>
+  </si>
+  <si>
+    <t>AMELIA NAVARRO ENRIQUEZ</t>
+  </si>
+  <si>
+    <t>PSJ: BADO S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>LUZ PILAR CAMARENA CARLOS</t>
+  </si>
+  <si>
+    <t>940723228/982255852</t>
+  </si>
+  <si>
+    <t>EVER LUIS OCHARIMA DEUDOR</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - PUCATEA</t>
+  </si>
+  <si>
+    <t>938798360/964914966</t>
+  </si>
+  <si>
+    <t>GIANPIERE STIF GAMARRA LECCA</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 824 - PUCATEA</t>
+  </si>
+  <si>
+    <t>934841246/966163069</t>
+  </si>
+  <si>
+    <t>OBDALIA MERCEDES ROMERO RAMOS</t>
+  </si>
+  <si>
+    <t>JR: SAN FELIPE 102 - UÑAS</t>
+  </si>
+  <si>
+    <t>CAYO PERCY INGA SANABRIA</t>
+  </si>
+  <si>
+    <t>JR: PORVENIR 351 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>964015595/921552385</t>
+  </si>
+  <si>
+    <t>CHUC AMERICO BARBARON CHUCHON</t>
+  </si>
+  <si>
+    <t>923774595/933025668</t>
+  </si>
+  <si>
+    <t>MARIELLA LUNA FLORES</t>
+  </si>
+  <si>
+    <t>PSJ: TEODOSIO FLORES 115 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>982278875/962794977</t>
+  </si>
+  <si>
+    <t>JESUS RAUL MEZA ESPINOZA</t>
+  </si>
+  <si>
+    <t>PSJ: COLON 109 - PALIAN</t>
+  </si>
+  <si>
+    <t>RICHARD ANTONY ALLCA CRUZ</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 813 - PUCATEA</t>
+  </si>
+  <si>
+    <t>940342000/975309099</t>
+  </si>
+  <si>
+    <t>JYELMAR JAVIER PARIONA MENDOZA</t>
+  </si>
+  <si>
+    <t>PSJ: LOS ROSALES 124 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>940650624/934737995</t>
+  </si>
+  <si>
+    <t>ROGELIO CASTRO BRUCIL</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>939340919/966277006</t>
+  </si>
+  <si>
+    <t>ELVIS GOMEZ BARBARON</t>
+  </si>
+  <si>
+    <t>JR: EL SOL S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>912806282/955883753</t>
+  </si>
+  <si>
+    <t>ANA LUZ QUISPE SANTOS</t>
+  </si>
+  <si>
+    <t>JR: TEODOSIO FLORES 118 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>ROCIO AMPARO POMA SALVADOR</t>
+  </si>
+  <si>
+    <t>AV: EL SOL MZ M LOTE 5 - UÑAS</t>
+  </si>
+  <si>
+    <t>965929235/938731514</t>
+  </si>
+  <si>
+    <t>ELIZABETH AVILA VILCHEZ</t>
+  </si>
+  <si>
+    <t>PSJ: GARCIA 125 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>959200246/951326889</t>
+  </si>
+  <si>
+    <t>MELINA MARLENE AQUINO OSORES</t>
+  </si>
+  <si>
+    <t>JR: MIGUEL GRAU 385 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>ELIZABETH TAIPE POMA</t>
+  </si>
+  <si>
+    <t>JR: TEODOSIO FLORES S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>MARIBEL TAIPE HUAMAN</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE 461 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>967721428/954695668</t>
+  </si>
+  <si>
+    <t>LUIS LAZO ALFARO</t>
+  </si>
+  <si>
+    <t>954006542/953480542</t>
+  </si>
+  <si>
+    <t>KRIS ANITA VENTURA BERROCAL</t>
+  </si>
+  <si>
+    <t>PSJ: LOS ALISOS 308 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>910490153/989230399</t>
+  </si>
+  <si>
+    <t>LOURDES LUIDA GARCIA ALCEDO</t>
+  </si>
+  <si>
+    <t>964757399/934354578</t>
+  </si>
+  <si>
+    <t>LIZ EDITH BORJA BARJA</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE 202 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>914512568/972435074</t>
+  </si>
+  <si>
+    <t>YANELA JOHANA MEDINA LAZO</t>
+  </si>
+  <si>
+    <t>960722512/901357548</t>
+  </si>
+  <si>
+    <t>JULIA TERESA ALFARO GUTARRA</t>
+  </si>
+  <si>
+    <t>AV: PUCATEA 815 - UÑAS</t>
+  </si>
+  <si>
+    <t>923773585/964094619</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS ALIAGA COLONIO</t>
+  </si>
+  <si>
+    <t>VIRGINIA ESCOBAR DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>AV: 13 DE JULIO - PACCHA</t>
+  </si>
+  <si>
+    <t>933139339/912700848</t>
+  </si>
+  <si>
+    <t>OSWALDO FAVIO GASPAR AQUINO</t>
+  </si>
+  <si>
+    <t>NICANOR LEONCIO RAMOS CUNYAS</t>
+  </si>
+  <si>
+    <t>AV: PIEDRA PARADA 333 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>986986087/919454060</t>
+  </si>
+  <si>
+    <t>SHIRLEY STEFANY MEDINA MONTERO</t>
+  </si>
+  <si>
+    <t>JR: SAN FELIPE 135 - UÑAS</t>
+  </si>
+  <si>
+    <t>MIGUEL ANGEL PAUCAR HUAMANLAZO</t>
+  </si>
+  <si>
+    <t>PSJ: LOS ROSALES 110 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>JONATAN DAVID INGA GOMEZ</t>
+  </si>
+  <si>
+    <t>JR: LA UNION 110 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>LUIS ALDO RODRIGUEZ MONROY</t>
+  </si>
+  <si>
+    <t>AV: 03 DE MAYO 75 - UÑAS</t>
+  </si>
+  <si>
+    <t>GRACIELA RAMOS CASTRO</t>
+  </si>
+  <si>
+    <t>JR: SAN FELIPE 140 - UÑAS</t>
+  </si>
+  <si>
+    <t>JUAN DAMASO SALVADOR CAPCHA</t>
+  </si>
+  <si>
+    <t>AV: TUPAC AMARU S/N - PACCHA</t>
+  </si>
+  <si>
+    <t>MARISOL YOVANNA COLONIO CAMARGO</t>
+  </si>
+  <si>
+    <t>PSJ. SAN JACINTO 258 - UÑAS</t>
+  </si>
+  <si>
+    <t>JULISSA ROSY BARJA RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>923897270/986187664</t>
+  </si>
+  <si>
+    <t>YULI DORA LAZO ALFARO</t>
+  </si>
+  <si>
+    <t>JR: 13 DE JULIO 36 - PACCHA</t>
+  </si>
+  <si>
+    <t>MULTISERVICIOS SASA S.R.L</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 625 - UÑAS</t>
+  </si>
+  <si>
+    <t>LITMAN MARLO YAURI PEREZ</t>
+  </si>
+  <si>
+    <t>CALLE LOS ALAMOS Mz F LOTE 6 - PALIAN</t>
+  </si>
+  <si>
+    <t>949131308/987061830</t>
+  </si>
+  <si>
+    <t>ALDAIR FREDY GARCIA MARMOLEJO</t>
+  </si>
+  <si>
+    <t>JR: MANCO CAPAC 452 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>954131103/992428682/931728954</t>
+  </si>
+  <si>
+    <t>JHON FRANK RIOS HURTADO</t>
+  </si>
+  <si>
+    <t>JR: 28 DE JULIO 91 - PACCHA</t>
+  </si>
+  <si>
+    <t>912511186/956657052</t>
+  </si>
+  <si>
+    <t>MAURICIO JHONATAN ALFARO CANTURIN</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 822 - PUCATEA</t>
+  </si>
+  <si>
+    <t>971566894/984482295</t>
+  </si>
+  <si>
+    <t>RITA GOMEZ ARROYO DE QUISPE</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 780 - PUCATEA</t>
+  </si>
+  <si>
+    <t>915086244/946048499</t>
+  </si>
+  <si>
+    <t>RIGOBERTO ZEVALLOS ALDANA</t>
+  </si>
+  <si>
+    <t>CALLE LOS CIPRECES 100 - PALIAN</t>
+  </si>
+  <si>
+    <t>ESTHER LUZ DE LA CRUZ ACEVEDO</t>
+  </si>
+  <si>
+    <t>JR:PAÑASPAMPA 505 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>935921195/943845181</t>
+  </si>
+  <si>
+    <t>CALLE SAN MARTIN 213 - PALIAN</t>
+  </si>
+  <si>
+    <t>967244702/933719132</t>
+  </si>
+  <si>
+    <t>AMADEO GASPAR GARCIA</t>
+  </si>
+  <si>
+    <t>CALLE 28 DE JULIO S/N - PACCHA</t>
+  </si>
+  <si>
+    <t>JOEL LUIS INGA GUTIERREZ</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO 648 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>CALEB INGA GUTIERREZ</t>
+  </si>
+  <si>
+    <t>JR: PORVENIR 184 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS GUILLEN POMA</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 908 - PUCATEA</t>
+  </si>
+  <si>
+    <t>WALTER HUAMAN CUNYAS</t>
+  </si>
+  <si>
+    <t>CALLE SAN FELIPE S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>964920727/964641205</t>
+  </si>
+  <si>
+    <t>ERIKA AMABELIA AVILA VENTURA</t>
+  </si>
+  <si>
+    <t>LOS ALAMOS - PALIAN</t>
+  </si>
+  <si>
+    <t>937542360/978629792</t>
+  </si>
+  <si>
+    <t>NAHEL RUBEN BRAVO CAMARENA</t>
+  </si>
+  <si>
+    <t>952550756/924098414/918383652</t>
+  </si>
+  <si>
+    <t>AQUACENTRO PERU S.A.C.</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE 460 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>MELIZA GABRIELA TACSA UBALDO</t>
+  </si>
+  <si>
+    <t>JR: 24 DE MARZO S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>964292576/986503839</t>
+  </si>
+  <si>
+    <t>FATIMA IVONE OCHARIMA LAVADO</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA S/N - PUCATEA</t>
+  </si>
+  <si>
+    <t>931385920/927659545</t>
+  </si>
+  <si>
+    <t>ANA ROSA CARDENAS MORIANO</t>
+  </si>
+  <si>
+    <t>PSJ: LOS ALAMOS S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>953043909/975869680</t>
+  </si>
+  <si>
+    <t>JOEL GUILLERMO RAMOS CHAVEZ</t>
+  </si>
+  <si>
+    <t>PSJ: SANTA ROSA S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>ZARAY MARYBEL BLANCAS SANTIAGO</t>
+  </si>
+  <si>
+    <t>JR: LA UNION 215 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>987239699/991246266</t>
+  </si>
+  <si>
+    <t>ANIBAL RAFAEL NUÑEZ ALFARO</t>
+  </si>
+  <si>
+    <t>PSJ: SIVERIA GARCIA S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>918339826/902142802</t>
+  </si>
+  <si>
+    <t>DORIS YUDY VENTURA BARTOLO</t>
+  </si>
+  <si>
+    <t>956987945/971218426</t>
+  </si>
+  <si>
+    <t>JUAN ROGER MATAMOROS YANCE</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO 585 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>982592612/993079132</t>
+  </si>
+  <si>
+    <t>ELMER CORNELIO RIOS ARZAPALO</t>
+  </si>
+  <si>
+    <t>PSJ: LA ESPERANZA 190 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>924072291/935286595</t>
+  </si>
+  <si>
+    <t>LIDIA TORPOCO DE MEZA</t>
+  </si>
+  <si>
+    <t>JR: MIGUEL GRAU 114 - PALIAN</t>
+  </si>
+  <si>
+    <t>970179925/964546323</t>
+  </si>
+  <si>
+    <t>ELI ERIK ROJAS GARCIA</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>964329818/961767781</t>
+  </si>
+  <si>
+    <t>TERESA PALOMINO VDA. DE BEJARANO</t>
+  </si>
+  <si>
+    <t>925010139/987326302</t>
+  </si>
+  <si>
+    <t>ROXSSANA YESENIA ALFARO CANTURIN</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 811 - PUCATEA</t>
+  </si>
+  <si>
+    <t>987561760/916398765</t>
+  </si>
+  <si>
+    <t>REBECA GOMEZ BARBARON</t>
+  </si>
+  <si>
+    <t>AV. EL SOL SECTOR 13 - UÑAS</t>
+  </si>
+  <si>
+    <t>990371470/944187594</t>
+  </si>
+  <si>
+    <t>PRIMITIVO GAMBOA BARRIENTOS</t>
+  </si>
+  <si>
+    <t>DETRÁS DEL SEDAM - PUCATEA</t>
+  </si>
+  <si>
+    <t>957312804/987365626</t>
+  </si>
+  <si>
+    <t>NUEVA JERUSALEN 527 - NJ 527</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO 527 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>992646547/921772738</t>
+  </si>
+  <si>
+    <t>PAUL PALOMINO POMA</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO 320 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>931289394/982290743</t>
+  </si>
+  <si>
+    <t>TANIA VANESSA HUALPA TITO DE SOTOMAYOR</t>
+  </si>
+  <si>
+    <t>JR: LA UNION 289 - MOLINO</t>
+  </si>
+  <si>
+    <t>929946036/952952276/916206516/993250543</t>
+  </si>
+  <si>
+    <t>RODOLFO EDMUNDO AQUINO ALANYA</t>
+  </si>
+  <si>
+    <t>983816504/962265029</t>
+  </si>
+  <si>
+    <t>ESTELA REINA GAMARRA GUERRA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 511 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>992631516/997720066</t>
+  </si>
+  <si>
+    <t>CASILDA TITO ORE</t>
   </si>
   <si>
     <t>PSJ: LOS OLIVOS 116 - VILCACOTO</t>
   </si>
   <si>
-    <t>930242967/964191549</t>
-[...56 lines deleted...]
-    <t>STALYN TITO CLEMENTE</t>
+    <t>972120675/929923911</t>
+  </si>
+  <si>
+    <t>MAURICIO ANDERSON ALFARO CANTURIN</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 811 - UÑAS</t>
+  </si>
+  <si>
+    <t>934563447/964475525</t>
+  </si>
+  <si>
+    <t>JERRY ÑAHUI SALVATIERRA</t>
   </si>
   <si>
     <t>AV: PIEDRA PARADA S/N - CULLPA ALTA</t>
   </si>
   <si>
-    <t>993906701/953310728</t>
-[...128 lines deleted...]
-    <t>HERBERTH LUIS NUÑEZ POMA</t>
+    <t>978611353/941876655</t>
+  </si>
+  <si>
+    <t>ROBERTO DAVID BRAVO HUARINGA</t>
+  </si>
+  <si>
+    <t>PSJ: PROGRESO S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>CHINA GEZHOUBA GROUP COMPANY LIMITED SUCURSAL PERU</t>
+  </si>
+  <si>
+    <t>ACOPALCA</t>
+  </si>
+  <si>
+    <t>941 996 846</t>
+  </si>
+  <si>
+    <t>LUIS FERNANDO LOPEZ DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>AV:HUAYTAPALLANA S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>916429359/919041717</t>
+  </si>
+  <si>
+    <t>VICENTE GUTIERREZ LUCAS</t>
+  </si>
+  <si>
+    <t>PSJ: LAS FLORES S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>902948321/910167131/940421260</t>
+  </si>
+  <si>
+    <t>WILSON ALEX MEDINA QUISPE</t>
+  </si>
+  <si>
+    <t>JR: SAN FELIPE 101 - UÑAS</t>
+  </si>
+  <si>
+    <t>940261962/902544864</t>
+  </si>
+  <si>
+    <t>ROLANDO EDY POMA SANABRIA</t>
+  </si>
+  <si>
+    <t>FLORIDA - PUCATEA</t>
+  </si>
+  <si>
+    <t>SONIA DIANA PATIÑO FLORES</t>
+  </si>
+  <si>
+    <t>PSJ. TEODOSIO FLORES - VILCACOTO</t>
+  </si>
+  <si>
+    <t>ROSA NOEMI YAURI ALIAGA</t>
+  </si>
+  <si>
+    <t>AV. HUAYTAPALLANA N°190 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>RENZO ALVARO IGNACIO CAMARGO</t>
+  </si>
+  <si>
+    <t>CALLE SAN FELIPE N°245- UÑAS</t>
+  </si>
+  <si>
+    <t>PAUL EDER PERALES LAURENTE</t>
+  </si>
+  <si>
+    <t>JR. JOSE OLAYA N° 209 - PALIAN</t>
+  </si>
+  <si>
+    <t>HEIDI SARAIT OCHARIMA ROJAS</t>
+  </si>
+  <si>
+    <t>JR. PUCATEA N°900- PUCATEA</t>
+  </si>
+  <si>
+    <t>LOURDES MARIA CABEZAS POMA</t>
+  </si>
+  <si>
+    <t>PROL. SANTA MARTA MZ.A LOT.16-B - PALIAN</t>
+  </si>
+  <si>
+    <t>LIZET ROCIO ROJAS CUNYAS</t>
+  </si>
+  <si>
+    <t>JR. LA UNION N° 270 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>KEVYN ALDAIR BORJA HUAMANLAZO</t>
+  </si>
+  <si>
+    <t>AV. HUAYTAPALLANA N° 230- VILCACOTO</t>
+  </si>
+  <si>
+    <t>JULIAN DE LA CRUZ ESTRADA</t>
+  </si>
+  <si>
+    <t>PSJ. ALIAGA S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>967043577/986157600</t>
+  </si>
+  <si>
+    <t>JHORDAN DAVIRAN PARIONA</t>
+  </si>
+  <si>
+    <t>AV. HUAYTAPALLANA N°132 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>957720676/950327269</t>
+  </si>
+  <si>
+    <t>FAIFER ALANYA ALMONACID</t>
+  </si>
+  <si>
+    <t>AV. LA UNION N°310 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>932585330/914553179</t>
+  </si>
+  <si>
+    <t>ELSA TITO CANTURIN</t>
+  </si>
+  <si>
+    <t>PAÑASPAMPA S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>064-624610</t>
+  </si>
+  <si>
+    <t>EDGAR DIDIER QUINTO MENDOZA</t>
+  </si>
+  <si>
+    <t>AV. LA UNION N°254 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>JESUS ROBERTO GUTIERREZ CANGAHUALA</t>
+  </si>
+  <si>
+    <t>jr cesar vallejo mz D lte 15 - PALIAN</t>
+  </si>
+  <si>
+    <t>CHRISTIAN MAGARIÑO FLORES</t>
+  </si>
+  <si>
+    <t>CALLE TEODOSIO FLORES 135 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>ISAIAS POMA CHUQUILLANQUI</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 831 - UÑAS</t>
+  </si>
+  <si>
+    <t>963142766/980683558</t>
+  </si>
+  <si>
+    <t>KENNY SAMUEL BORJA CORDOVA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 300 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>NELSON VENTURO DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>PSJ_LOS ALAMOS S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>JULIA VICTORIA ALANYA HUALPA</t>
+  </si>
+  <si>
+    <t>PSJ: TEODOSIO FLORES 124 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>ALEX JERSON HUINCHO UCHARIMA</t>
+  </si>
+  <si>
+    <t>JR: LA UNION 258 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>SILVANO HUAMAN PEREZ</t>
+  </si>
+  <si>
+    <t>LEONOR DIANA GARCIA VILA</t>
+  </si>
+  <si>
+    <t>AV: HUANCAYO 695 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>FREDY PEREZ MELCHOR</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 818 - BARRIO LA FLORIDA</t>
+  </si>
+  <si>
+    <t>SEBASTIAN ROJAS VELASQUEZ</t>
+  </si>
+  <si>
+    <t>MICHAEL WILLIAM CARHUALLANQUI VELASQUEZ</t>
+  </si>
+  <si>
+    <t>JR: LORETO 439 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>GABRIELA VENTURO ALFARO</t>
+  </si>
+  <si>
+    <t>PSJ: LOS SERAPIOS S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>JORGE RAUL BORJA GOMEZ</t>
+  </si>
+  <si>
+    <t>ACOPALCA BARRIO ABAJO</t>
+  </si>
+  <si>
+    <t>DERID INGENIERIA Y CONSTRUCCION SAC</t>
+  </si>
+  <si>
+    <t>JR: LORETO 105 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>MAYLIN PAITAMPOMA HUAMANLAZO</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 230 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>PABLO MANUEL SANTA CRUZ QUINTO</t>
+  </si>
+  <si>
+    <t>AV: LA UNION 245 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>ROSMERY VILCAPOMA GARCIA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 350 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>CATALINA BEATRIZ ALANYA HUALPA</t>
+  </si>
+  <si>
+    <t>921189521/931613585</t>
+  </si>
+  <si>
+    <t>CRISTIAN WILBER PALACIOS SANTOS</t>
+  </si>
+  <si>
+    <t>JUNTA ADMINISTRADORA DE SERVICIOS DE SANEAMIENTO CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>CAL. ORIENTAL 198 ANX- CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>PAMELA OSORES CASTRO</t>
+  </si>
+  <si>
+    <t>AV: ADJUDICACION S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>ENRIQUE JACOBI PEREZ</t>
+  </si>
+  <si>
+    <t>1 DE MAYO - LA FLORIDA</t>
+  </si>
+  <si>
+    <t>TAMIKO CARMEN NAKATA OCHOA</t>
+  </si>
+  <si>
+    <t>902095882/952184768</t>
+  </si>
+  <si>
+    <t>CARLOS CUNYAS PEREZ</t>
+  </si>
+  <si>
+    <t>PSJ: SANTA FE S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>936587847/947714005</t>
+  </si>
+  <si>
+    <t>JOSELYN DANITZA RIVAS CONTRERAS</t>
+  </si>
+  <si>
+    <t>PSJ: LOS GERANIOS 002 - UÑAS ALTA</t>
+  </si>
+  <si>
+    <t>913232968/935999254</t>
+  </si>
+  <si>
+    <t>JAQUELINE PAUCAR RAMOS</t>
+  </si>
+  <si>
+    <t>989 052 810</t>
+  </si>
+  <si>
+    <t>ALFONSO RAMON NUÑEZ HUALPA</t>
+  </si>
+  <si>
+    <t>PSJ: TEODOSIO FLORES 133 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>ROCIO LIZ PALOMINO BERRIOS</t>
+  </si>
+  <si>
+    <t>ALICIA BARJA JOAQUIN</t>
+  </si>
+  <si>
+    <t>SANYEM E.I.R.L.</t>
+  </si>
+  <si>
+    <t>976344594/948216430</t>
+  </si>
+  <si>
+    <t>JESUS ALFREDO VALDIVIA QUISPE</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - PUENTE CHICO</t>
+  </si>
+  <si>
+    <t>962350376/996661124</t>
+  </si>
+  <si>
+    <t>MULTISERVICIOS CALEP S.R.L</t>
+  </si>
+  <si>
+    <t>POSTA DE VILCACOTO</t>
+  </si>
+  <si>
+    <t>CARLOS BORJA ACEVEDO</t>
   </si>
   <si>
     <t>AV: 3 DE MAYO - UÑAS ALTA</t>
   </si>
   <si>
-    <t>949633508/926532408</t>
-[...89 lines deleted...]
-    <t>PSJ: SAN CARLOS S/N - PUENTE CHICO</t>
+    <t>TATIANA KATERINE JAUREGUI SULCA</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 318  PALIAN</t>
+  </si>
+  <si>
+    <t>902655690/928822982</t>
+  </si>
+  <si>
+    <t>CARLOS ALEXANDER  ATENCIO SALAS</t>
+  </si>
+  <si>
+    <t>UÑAS ALTA</t>
+  </si>
+  <si>
+    <t>YULER ROSMELL OCHAVAY AVILES</t>
+  </si>
+  <si>
+    <t>AV: LA UNION - MOLINO</t>
+  </si>
+  <si>
+    <t>918229271/900463147</t>
+  </si>
+  <si>
+    <t>GLORIA TEOFILA RAMON ALMONACID</t>
+  </si>
+  <si>
+    <t>JR:JOSE OLAYA 131 - PALIAN</t>
+  </si>
+  <si>
+    <t>CONTRATISTA ANDINA GROUP EIRL</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA MZA LOTE 1 - PUCATEA</t>
+  </si>
+  <si>
+    <t>946133934/922355411</t>
+  </si>
+  <si>
+    <t>WILDER WILMAR NUÑEZ POMA</t>
+  </si>
+  <si>
+    <t>926532408/962633470</t>
+  </si>
+  <si>
+    <t>NORMA CANCHUMANI SALOME</t>
+  </si>
+  <si>
+    <t>PSJ: CANCHUMANI S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>DENESSI SEDANO CANCHANYA</t>
+  </si>
+  <si>
+    <t>VICTORIA RAMOS BORJA</t>
+  </si>
+  <si>
+    <t>URB: LOS BOSQUES MZ L LOTE 3 - PALIAN</t>
+  </si>
+  <si>
+    <t>ANDY ALEXIS GOMEZ ESPINOZA</t>
+  </si>
+  <si>
+    <t>PSJ. SAN FELIPE S/N- UÑAS</t>
+  </si>
+  <si>
+    <t>960539670/924707333</t>
+  </si>
+  <si>
+    <t>PERCY ALBERTO PALOMINO PIZARRO</t>
+  </si>
+  <si>
+    <t>PSJ: ALIAGA S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>VANEZA RUIZ FERNANDEZ</t>
+  </si>
+  <si>
+    <t>PSJ: LOS PINOS 317 - PALIAN</t>
+  </si>
+  <si>
+    <t>JUNIOR WILLIAMS RAMOS ROMERO</t>
+  </si>
+  <si>
+    <t>933167826/910891629</t>
+  </si>
+  <si>
+    <t>ELENA VENTURA GARCIA</t>
+  </si>
+  <si>
+    <t>JENNY ESTHER ROJAS GALINDO</t>
+  </si>
+  <si>
+    <t>PSJ: SALAVERY S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>994177303/976072822</t>
+  </si>
+  <si>
+    <t>ABELARDO CESAR ORE POMA</t>
+  </si>
+  <si>
+    <t>CARETERA PARIAHUANCA 134 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>MAXIMO VIRGILIO GUERRA JOAQUIN</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 446-PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>982557675/981113207</t>
+  </si>
+  <si>
+    <t>GRUPO SERQ S.A.C</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - CHAMISERIA</t>
+  </si>
+  <si>
+    <t>997005060/980951995</t>
+  </si>
+  <si>
+    <t>ZICO CASELI MUÑOZ LOPEZ</t>
+  </si>
+  <si>
+    <t>JUNTA ADMINISTRADORA DE SERVICIOS DE SANEAMIENTO DE PALIAN</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 312 - PALIAN</t>
+  </si>
+  <si>
+    <t>ALMINDA ALANYA MARQUINA</t>
+  </si>
+  <si>
+    <t>CALLE LOS ALAMOS 425 - PALIAN</t>
+  </si>
+  <si>
+    <t>996535955/954900250</t>
+  </si>
+  <si>
+    <t>MARIA ELENA LIJARZA LAZO</t>
+  </si>
+  <si>
+    <t>JR: 13 DE JULIO 45 - PACCHA</t>
+  </si>
+  <si>
+    <t>960851363/972014401</t>
+  </si>
+  <si>
+    <t>MARLON PAUL GONZALES DAGA</t>
+  </si>
+  <si>
+    <t>JR: 3 DE MAYO LOTE09 - UÑAS ALTA</t>
+  </si>
+  <si>
+    <t>969004583/950659392</t>
+  </si>
+  <si>
+    <t>NELIDA JUSTINA VENTURA OCHOA</t>
+  </si>
+  <si>
+    <t>PSJ: QUISPE S/N-UÑAS</t>
+  </si>
+  <si>
+    <t>936370120/997124817</t>
+  </si>
+  <si>
+    <t>RONAL VELI BRAVO</t>
+  </si>
+  <si>
+    <t>JR: MIGUEL GRAU 295 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>964622221/984221226</t>
+  </si>
+  <si>
+    <t>SONIA ROMERO SULLCA</t>
+  </si>
+  <si>
+    <t>PSJ: JERUSALEN S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>MANUEL VICTOR ROMAN VILCAPOMA</t>
+  </si>
+  <si>
+    <t>PSJ. GARCIA - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>924035280/964191549</t>
+  </si>
+  <si>
+    <t>VICTOR CELSO PERALES ALFARO</t>
+  </si>
+  <si>
+    <t>JR. JOSE OLAYA - PALIAN</t>
+  </si>
+  <si>
+    <t>NO ESPECIFICADO</t>
+  </si>
+  <si>
+    <t>MARITZA CABRERA CHIHUAN</t>
+  </si>
+  <si>
+    <t>924115021/926792119</t>
+  </si>
+  <si>
+    <t>ROCY OLGA BORJA MERCADO</t>
+  </si>
+  <si>
+    <t>JR:JOSE OLAYA 480 - PALIAN</t>
+  </si>
+  <si>
+    <t>950589220/971900296</t>
+  </si>
+  <si>
+    <t>LEYRI LAURA OCHARIMA ROJAS</t>
+  </si>
+  <si>
+    <t>PRIMERO DE MAYO . PUCATEA</t>
+  </si>
+  <si>
+    <t>994663217/967378065</t>
+  </si>
+  <si>
+    <t>HIPOLITO JOSE LEON GARCIA</t>
+  </si>
+  <si>
+    <t>PSJ: LOS LAURELES 132 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>RICARDO NIKOLAI GUERRA SANTOS</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 453 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>957261511/947795963</t>
+  </si>
+  <si>
+    <t>BLANCA LUZ JOAQUIN RIOS</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 756 - PALIAN</t>
+  </si>
+  <si>
+    <t>970619908/999686982</t>
+  </si>
+  <si>
+    <t>CLEBER ROBERT AMBROSIO BERNARDINO</t>
+  </si>
+  <si>
+    <t>MOLY LUPE HUAMAN YURIVILCA</t>
+  </si>
+  <si>
+    <t>AV: PALIAN 749 - PALIAN</t>
+  </si>
+  <si>
+    <t>962798990/982838280</t>
+  </si>
+  <si>
+    <t>JALHEEL JOHAN LLACUA LOPEZ</t>
+  </si>
+  <si>
+    <t>BARRIO CHUABAMBA - PALIAN</t>
+  </si>
+  <si>
+    <t>926351988/964445948</t>
+  </si>
+  <si>
+    <t>LUZ MIRELLA PAUCAR SEGUIL</t>
+  </si>
+  <si>
+    <t>PSJ: LAGUNAS S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>926806555/969704445</t>
+  </si>
+  <si>
+    <t>EMIL KENYI MELCHOR QUISPE</t>
+  </si>
+  <si>
+    <t>PSJ: SAN JACINTO S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>914142539/950726049</t>
+  </si>
+  <si>
+    <t>ZANDRO ERICK LIVIA PALACIOS</t>
+  </si>
+  <si>
+    <t>PSJ: LAURELES 140 - VILCACOTO</t>
+  </si>
+  <si>
+    <t>987829556/932200472</t>
+  </si>
+  <si>
+    <t>WALTER SOTOMAYOR GAMARRA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 508 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>JORGE ANTONY FRANK MEZA MEZA</t>
+  </si>
+  <si>
+    <t>MOLINO - VILCACOTO</t>
+  </si>
+  <si>
+    <t>901854801/918195177</t>
+  </si>
+  <si>
+    <t>TEODORO RIVEROS VELIZ</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>969763055/994929522</t>
+  </si>
+  <si>
+    <t>EMERSON EFRAIN CARHUARICRA HERRASABAL</t>
+  </si>
+  <si>
+    <t>PSJ:ORION S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>LORENA ROMMY FLORES ROMERO</t>
+  </si>
+  <si>
+    <t>910161727/917404431</t>
+  </si>
+  <si>
+    <t>ZORAIDA VENTURA BORJA</t>
+  </si>
+  <si>
+    <t>PSJ: LOS PINOS S/N - PALIAN</t>
+  </si>
+  <si>
+    <t>JAVIER ELVIS DE LA CRUZ OJEDA</t>
+  </si>
+  <si>
+    <t>PSJ: GARCIA 420 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>PRIMITIVA REYES DIEGO</t>
+  </si>
+  <si>
+    <t>URBANIZACION UÑAS</t>
+  </si>
+  <si>
+    <t>953039263/997224778</t>
+  </si>
+  <si>
+    <t>GRACIELA GAMARRA SOTOMAYOR</t>
+  </si>
+  <si>
+    <t>PSJ: ORION S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>900694908/964190137</t>
+  </si>
+  <si>
+    <t>OSCAR EVER SUAREZ SAGARVINAGA</t>
+  </si>
+  <si>
+    <t>JR: TUPAC AMARU S/N - PACCHA</t>
+  </si>
+  <si>
+    <t>MIRIAM IRENE PAUCAR SEGUIL</t>
+  </si>
+  <si>
+    <t>PSJ: LAGUNA S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>986254647/932718868</t>
+  </si>
+  <si>
+    <t>ESTEFANY MILAGROS CORDOVA ROJAS</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - PROGRESO</t>
+  </si>
+  <si>
+    <t>CONSTANTINO JULIO BARJA MAITA</t>
+  </si>
+  <si>
+    <t>JR: LA UNION S/N - PUCATEA</t>
+  </si>
+  <si>
+    <t>978203582/973418986</t>
+  </si>
+  <si>
+    <t>JR: SAN MARTIN 115- PALIAN</t>
+  </si>
+  <si>
+    <t>YESENIA CASTILlO ROJAS</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA 631 - TRES ESQUINAS</t>
+  </si>
+  <si>
+    <t>920794131/975002603</t>
+  </si>
+  <si>
+    <t>FERNANDO DELKI DELGADILLO</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 186 - PUENTE CHICO</t>
+  </si>
+  <si>
+    <t>CARLOS FABRIZIO PACHECO MORENO</t>
+  </si>
+  <si>
+    <t>JR: REINVIDICACION 129 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>917223200/997717726</t>
+  </si>
+  <si>
+    <t>CIRILO SEBASTIAN MANTARI HINOJOSA</t>
+  </si>
+  <si>
+    <t>JR: TUPAC AMARU S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>LESLIE ROSA GARCIA SEGUIL</t>
+  </si>
+  <si>
+    <t>AV: HUACANYO S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>964019637/932238832</t>
+  </si>
+  <si>
+    <t>EMELY NOYM POVIS INGA</t>
+  </si>
+  <si>
+    <t>JR: REINVIDICACION S/N - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>970587397/957755445</t>
+  </si>
+  <si>
+    <t>ANTONIETA EVA FELICES SALVA</t>
+  </si>
+  <si>
+    <t>PSJ: CIRO ALEGRIA S/N - PROGRESO</t>
+  </si>
+  <si>
+    <t>962422214/978990377</t>
+  </si>
+  <si>
+    <t>ERMINIO SALAZAR PALOMINO</t>
+  </si>
+  <si>
+    <t>AV. 12 DE OCTUBRE - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>YHENSON BORJA ALANYA</t>
+  </si>
+  <si>
+    <t>EVELYN JIMENEZ ESTRADA</t>
+  </si>
+  <si>
+    <t>931012206/903557102</t>
+  </si>
+  <si>
+    <t>ISMAEL VENTURO ALFARO</t>
+  </si>
+  <si>
+    <t>PSJ: LA ESPERANZA 120 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>955369585/969395851</t>
+  </si>
+  <si>
+    <t>PAULINO CUNYAS GAMARRA</t>
+  </si>
+  <si>
+    <t>PSJ:POMA S/N- PALIAN</t>
+  </si>
+  <si>
+    <t>967458182/994351603</t>
+  </si>
+  <si>
+    <t>AKILES OCHOA PORRAS</t>
+  </si>
+  <si>
+    <t>951365584/982174042</t>
+  </si>
+  <si>
+    <t>OLINDA SOLEDAD GONZALES CATAY</t>
+  </si>
+  <si>
+    <t>CLAUDIA PATRICIA MEDINA DEL CARPIO</t>
+  </si>
+  <si>
+    <t>JR: LOS ALAMOS S/N - PALIAN</t>
+  </si>
+  <si>
+    <t>ROSSANA ALFARO ARTICA</t>
+  </si>
+  <si>
+    <t>PSJ:CANCHUMANI S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>VETI CANO RAMOS</t>
+  </si>
+  <si>
+    <t>PSJ: MENDOZA S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>GLADYS ROSA YUCRA POMA</t>
+  </si>
+  <si>
+    <t>JR: SANTA MARTHA S/N - PALIAN</t>
+  </si>
+  <si>
+    <t>ANGELA LOPEZ PEREZ</t>
+  </si>
+  <si>
+    <t>AV:HUAYTAPALLANA S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>902324211/914928494</t>
+  </si>
+  <si>
+    <t>OSWALDO ALIAGA GARCIA</t>
+  </si>
+  <si>
+    <t>PJS: JULIO CESAR S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>914 864 437</t>
+  </si>
+  <si>
+    <t>JR: LORETO 115 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>CARLOS ALBERTO ALIAGA RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>PSJ: GERANIOS 98 - UÑAS ALTA</t>
+  </si>
+  <si>
+    <t>934736431/917463906</t>
+  </si>
+  <si>
+    <t>ERIKA MARGOT PEREZ CABRERA</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE 192 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>977835202/928691474</t>
+  </si>
+  <si>
+    <t>CRISTINA RIVERA TAPIA</t>
+  </si>
+  <si>
+    <t>932539660/914864437</t>
+  </si>
+  <si>
+    <t>ALEXIS ROJAS ACERO</t>
+  </si>
+  <si>
+    <t>CALLE PRIMAVERA S/ N - URB RETAMAS DE SAN LUIS</t>
+  </si>
+  <si>
+    <t>963005576/964721068</t>
+  </si>
+  <si>
+    <t>YOLA LUCY SUAREZ CORDOVA</t>
+  </si>
+  <si>
+    <t>PSJ: TEOFILO GOMEZ S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>958652893/951869466</t>
+  </si>
+  <si>
+    <t>LIDIA VENTURA BORJA</t>
+  </si>
+  <si>
+    <t>PSJ: 30 DE MAYO S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>931112103/958443501</t>
+  </si>
+  <si>
+    <t>RUTH ASTRID MANRIQUE RAMOS</t>
+  </si>
+  <si>
+    <t>PSJ: JOSE CARLOS MARIQTEGUI 160 - UÑAS</t>
+  </si>
+  <si>
+    <t>ELIZABETH BEJARANO PALOMINO</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS HUALLPA LEON</t>
+  </si>
+  <si>
+    <t>PSJ: GARCIA S/N - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>MILIAN PAYTAMPOMA DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA S/N - LA FLORIDA</t>
+  </si>
+  <si>
+    <t>989741921/984481443</t>
+  </si>
+  <si>
+    <t>MARYCIELO FLORES GARCIA</t>
+  </si>
+  <si>
+    <t>PSJ: EUCALIPTO 185 - UÑAS ALTA</t>
+  </si>
+  <si>
+    <t>921911871/952902850</t>
+  </si>
+  <si>
+    <t>JOSE ANTONIO GARCIA SEGUIL</t>
+  </si>
+  <si>
+    <t>ESTADIO MUNICIPAL N°108 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>GANDY CABRERA LAURA</t>
+  </si>
+  <si>
+    <t>JR: PORVENIR 150 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>EDITH BETSY QUISPE CORDOVA</t>
+  </si>
+  <si>
+    <t>JR: EL SOL 402 - UÑAS</t>
+  </si>
+  <si>
+    <t>ALEJANDRA LEDESMA LOPEZ</t>
+  </si>
+  <si>
+    <t>CALLE GRAU 106 - PALIAN</t>
+  </si>
+  <si>
+    <t>932187815/949179601</t>
+  </si>
+  <si>
+    <t>COMUNIDAD CAMPESINA DE UÑAS</t>
+  </si>
+  <si>
+    <t>AV. EL SOL S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>JAIME ALEX ROJAS GARCIA</t>
+  </si>
+  <si>
+    <t>DIETER INZO HUARCAYA LABANDA</t>
+  </si>
+  <si>
+    <t>ALAMOS S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>956519277/985596126</t>
+  </si>
+  <si>
+    <t>NATALI LIVED GUERRA VILCA</t>
+  </si>
+  <si>
+    <t>JR: MANCO CAPAC 458 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>901021716/913167542</t>
+  </si>
+  <si>
+    <t>NELIDA CLERY OSORES CASTRO</t>
+  </si>
+  <si>
+    <t>PSJ: SAN PEDRO S/N - UÑAS</t>
+  </si>
+  <si>
+    <t>969480828/980002560</t>
+  </si>
+  <si>
+    <t>ROSA BERNARDINO PALOMINO</t>
+  </si>
+  <si>
+    <t>JR: PUCATEA S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>977348536/982822624</t>
+  </si>
+  <si>
+    <t>JHON CLENER TITO VENTURO</t>
+  </si>
+  <si>
+    <t>901672207/917925935</t>
+  </si>
+  <si>
+    <t>MIGUEL ANGEL CAJA BLANCAS</t>
+  </si>
+  <si>
+    <t>AV: 12 DE OCTUBRE240 - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>926855589/922252930</t>
+  </si>
+  <si>
+    <t>SHEYLA ESTEFANY SALOME VILCAHUAMAN</t>
+  </si>
+  <si>
+    <t>CALLE MIGUEL GRAU 305 - COCHAS CHICO</t>
+  </si>
+  <si>
+    <t>HEDITH  NOEMI GARCIA ESTRADA</t>
+  </si>
+  <si>
+    <t>PUENTE CHICO</t>
+  </si>
+  <si>
+    <t>PSJ: LOS JASMINES MZ E LOTE 9 - URB RETAMAS</t>
+  </si>
+  <si>
+    <t>SINTIA SEGUIL MELCHOR</t>
+  </si>
+  <si>
+    <t>PSJ: SILVERIO GARCIA S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>LUIS ANGEL SOLORZANO RICRA</t>
+  </si>
+  <si>
+    <t>CALLE LOS LIRIOS MSA1 LOTE 03 - URB RTSL</t>
+  </si>
+  <si>
+    <t>Maribel Tito Venturo</t>
+  </si>
+  <si>
+    <t>Av: Piedra Parada S/N - CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>DIEGO ANTONY BORJA GUERRA</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA 500 - PAÑASPAMPA</t>
+  </si>
+  <si>
+    <t>SHANERLY GIANELLA ALVAREZ ESPINOZA</t>
+  </si>
+  <si>
+    <t>934224493/931189065</t>
+  </si>
+  <si>
+    <t>ENRIQUE ARTURO ALVARADO PALACIOS</t>
+  </si>
+  <si>
+    <t>944565305/913944717</t>
+  </si>
+  <si>
+    <t>NOLY PALIAN PALIAN</t>
+  </si>
+  <si>
+    <t>AV: PALIAN S/N - PALIAN</t>
+  </si>
+  <si>
+    <t>EDILIANA CENTENO CABRERA</t>
+  </si>
+  <si>
+    <t>MONICA VENTURA CUNYAS</t>
+  </si>
+  <si>
+    <t>CLARIZA CAMARGO DAVIRAN</t>
+  </si>
+  <si>
+    <t>AV: HUAYTAPALLANA S/N - TRES ESQUINAS</t>
+  </si>
+  <si>
+    <t>960097830/944567672</t>
+  </si>
+  <si>
+    <t>CREDER IVAN POMA SOBERANES</t>
+  </si>
+  <si>
+    <t>SOLANO VENTURA BORJA</t>
+  </si>
+  <si>
+    <t>JR: LAGUNAS S/N - COCHAS GRANDE</t>
+  </si>
+  <si>
+    <t>964679595/964415055</t>
+  </si>
+  <si>
+    <t>VICTOR HUAMAN FLORES</t>
+  </si>
+  <si>
+    <t>VICTOR ALBERTO CABRERA LAURA</t>
+  </si>
+  <si>
+    <t>Melissa Naida Barja Ventura</t>
+  </si>
+  <si>
+    <t>Psj; San Carlos S/N - PUENTE CHICO</t>
   </si>
   <si>
     <t>991679729/982307073</t>
   </si>
   <si>
-    <t>ANGEL FREDY QUISPE ESPINAL</t>
-[...1333 lines deleted...]
-  <si>
     <t>ISAI JOHN CUADROS VERA</t>
   </si>
   <si>
     <t>JR: JOSE OLAYA 122 - PALIAN</t>
   </si>
   <si>
     <t>912 267 738</t>
   </si>
   <si>
-    <t>ALFONSO RAMON NUÑEZ HUALPA</t>
-[...620 lines deleted...]
-    <t>YHENSON BORJA ALANYA</t>
+    <t>FLORA CASILDA CANTURIN HUARCAYA</t>
+  </si>
+  <si>
+    <t>PSJ: ROSALES S/N - VILCACOTO</t>
+  </si>
+  <si>
+    <t>908985138/983264678</t>
+  </si>
+  <si>
+    <t>EDY ISABEL MEDINA GARCIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2846,4928 +2879,5040 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D348"/>
+  <dimension ref="A1:D356"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
-        <v>25738591</v>
+        <v>20036712</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
-      <c r="D2">
-        <v>972014401</v>
+      <c r="D2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
-        <v>20036712</v>
+        <v>7190432</v>
       </c>
       <c r="B3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C3" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D3" t="s">
         <v>8</v>
+      </c>
+      <c r="D3">
+        <v>993870124</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
-        <v>7190432</v>
+        <v>74160851</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4">
-        <v>993870124</v>
+        <v>918806871</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
-        <v>74160851</v>
+        <v>75481836</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5">
-        <v>918806871</v>
+        <v>977606028</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
-        <v>73877096</v>
+        <v>43296864</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
       <c r="D6">
-        <v>984036272</v>
+        <v>933679248</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
-        <v>75481836</v>
+        <v>41872548</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7">
-        <v>977606028</v>
+        <v>936893409</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
-        <v>43296864</v>
+        <v>20053812</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8">
-        <v>933679248</v>
+        <v>948740091</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
-        <v>41872548</v>
+        <v>48197695</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
-      <c r="D9">
-        <v>936893409</v>
+      <c r="D9" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
-        <v>20053812</v>
+        <v>48509033</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D10">
-        <v>948740091</v>
+        <v>967565915</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
-        <v>48197695</v>
+        <v>75541884</v>
       </c>
       <c r="B11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>5</v>
+      </c>
+      <c r="D11">
+        <v>927007653</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
-        <v>48509033</v>
+        <v>47856066</v>
       </c>
       <c r="B12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" t="s">
         <v>26</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>967565915</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
-        <v>75541884</v>
+        <v>2060882837</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>927007653</v>
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
-        <v>47856066</v>
+        <v>75124937</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>32</v>
+      </c>
+      <c r="D14">
+        <v>993752617</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
-        <v>2060882837</v>
+        <v>20049032</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>34</v>
+      </c>
+      <c r="D15">
+        <v>951213898</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
-        <v>75124937</v>
+        <v>43313902</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16">
-        <v>993752617</v>
+        <v>988000964</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
-        <v>20049032</v>
+        <v>19819353</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17">
-        <v>951213898</v>
+        <v>933973102</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
-        <v>43313902</v>
+        <v>19915333</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
-        <v>988000964</v>
+        <v>978203060</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
-        <v>43936626</v>
+        <v>19827087</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19">
-        <v>931785372</v>
+        <v>958520358</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
-        <v>19819353</v>
+        <v>20069322</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
-      <c r="D20">
-        <v>933973102</v>
+      <c r="D20" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
-        <v>19915333</v>
+        <v>46259347</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21">
-        <v>978203060</v>
+        <v>993650733</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
-        <v>19827087</v>
+        <v>41751284</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>958520358</v>
+        <v>49</v>
+      </c>
+      <c r="D22" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
-        <v>20069322</v>
+        <v>19849615</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="D23">
+        <v>964051201</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
-        <v>46259347</v>
+        <v>20119743</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D24">
-        <v>993650733</v>
+        <v>951899063</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
-        <v>41751284</v>
+        <v>20106669</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>56</v>
+      </c>
+      <c r="D25">
+        <v>964889350</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
-        <v>19849615</v>
+        <v>41078366</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>58</v>
       </c>
       <c r="D26">
-        <v>964051201</v>
+        <v>987870510</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
-        <v>20119743</v>
+        <v>41112043</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27">
-        <v>951899063</v>
+        <v>996642250</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
-        <v>20106669</v>
+        <v>41965560</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28" t="s">
         <v>62</v>
       </c>
-      <c r="D28">
-        <v>964889350</v>
+      <c r="D28" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
-        <v>41078366</v>
+        <v>44636258</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>987870510</v>
+        <v>65</v>
+      </c>
+      <c r="D29" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
-        <v>41112043</v>
+        <v>40484231</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>996642250</v>
+        <v>68</v>
+      </c>
+      <c r="D30" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
-        <v>41965560</v>
+        <v>75583730</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>71</v>
+      </c>
+      <c r="D31">
+        <v>958138939</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
-        <v>44636258</v>
+        <v>2075447</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D32" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
-        <v>78286432</v>
+        <v>44383821</v>
       </c>
       <c r="B33" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" t="s">
         <v>73</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
-        <v>40484231</v>
+        <v>46767339</v>
       </c>
       <c r="B34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C34" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
-        <v>75583730</v>
+        <v>48005040</v>
       </c>
       <c r="B35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C35" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>958138939</v>
+        <v>81</v>
+      </c>
+      <c r="D35" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
-        <v>2075447</v>
+        <v>45038125</v>
       </c>
       <c r="B36" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C36" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>84</v>
+      </c>
+      <c r="D36">
+        <v>965129771</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
-        <v>44383821</v>
+        <v>19853048</v>
       </c>
       <c r="B37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C37" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>14</v>
+      </c>
+      <c r="D37">
+        <v>954306129</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
-        <v>42103057</v>
+        <v>47993430</v>
       </c>
       <c r="B38" t="s">
         <v>86</v>
       </c>
       <c r="C38" t="s">
         <v>87</v>
       </c>
       <c r="D38">
-        <v>982205747</v>
+        <v>949179601</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
-        <v>46767339</v>
+        <v>20108998</v>
       </c>
       <c r="B39" t="s">
         <v>88</v>
       </c>
       <c r="C39" t="s">
         <v>89</v>
       </c>
       <c r="D39" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
-        <v>48005040</v>
+        <v>75513218</v>
       </c>
       <c r="B40" t="s">
         <v>91</v>
       </c>
       <c r="C40" t="s">
         <v>92</v>
       </c>
       <c r="D40" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
-        <v>48509031</v>
+        <v>48428046</v>
       </c>
       <c r="B41" t="s">
         <v>94</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
-        <v>45038125</v>
+        <v>75970949</v>
       </c>
       <c r="B42" t="s">
         <v>97</v>
       </c>
       <c r="C42" t="s">
         <v>98</v>
       </c>
       <c r="D42">
-        <v>965129771</v>
+        <v>927847707</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
-        <v>19853048</v>
+        <v>47342687</v>
       </c>
       <c r="B43" t="s">
         <v>99</v>
       </c>
       <c r="C43" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>954306129</v>
+        <v>100</v>
+      </c>
+      <c r="D43" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
-        <v>47993430</v>
+        <v>45638931</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>949179601</v>
+        <v>103</v>
+      </c>
+      <c r="D44" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
-        <v>43681975</v>
+        <v>76358877</v>
       </c>
       <c r="B45" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C45" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D45">
-        <v>964050041</v>
+        <v>957055016</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
-        <v>20108998</v>
+        <v>40482415</v>
       </c>
       <c r="B46" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C46" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D46" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
-        <v>75513218</v>
+        <v>43626245</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C47" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D47" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
-        <v>48428046</v>
+        <v>75174690</v>
       </c>
       <c r="B48" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C48" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>114</v>
+      </c>
+      <c r="D48">
+        <v>930872782</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
-        <v>75970949</v>
+        <v>77054502</v>
       </c>
       <c r="B49" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C49" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>927847707</v>
+        <v>116</v>
+      </c>
+      <c r="D49" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
-        <v>47342687</v>
+        <v>73050968</v>
       </c>
       <c r="B50" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C50" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>119</v>
+      </c>
+      <c r="D50">
+        <v>900698614</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
-        <v>45638931</v>
+        <v>45799907</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C51" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D51" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
-        <v>76358877</v>
+        <v>42351983</v>
       </c>
       <c r="B52" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C52" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D52">
-        <v>957055016</v>
+        <v>959995008</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
-        <v>40482415</v>
+        <v>41548075</v>
       </c>
       <c r="B53" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>126</v>
+      </c>
+      <c r="D53">
+        <v>964835048</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
-        <v>43626245</v>
+        <v>77160715</v>
       </c>
       <c r="B54" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C54" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>128</v>
+      </c>
+      <c r="D54">
+        <v>900263124</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
-        <v>75174690</v>
+        <v>75740831</v>
       </c>
       <c r="B55" t="s">
         <v>129</v>
       </c>
       <c r="C55" t="s">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="D55">
-        <v>930872782</v>
+        <v>990235362</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
-        <v>77054502</v>
+        <v>40248531</v>
       </c>
       <c r="B56" t="s">
+        <v>130</v>
+      </c>
+      <c r="C56" t="s">
         <v>131</v>
       </c>
-      <c r="C56" t="s">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="D56">
+        <v>961476398</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
-        <v>73050968</v>
+        <v>47964639</v>
       </c>
       <c r="B57" t="s">
+        <v>132</v>
+      </c>
+      <c r="C57" t="s">
+        <v>133</v>
+      </c>
+      <c r="D57" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>900698614</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
-        <v>45799907</v>
+        <v>42581804</v>
       </c>
       <c r="B58" t="s">
+        <v>135</v>
+      </c>
+      <c r="C58" t="s">
         <v>136</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
-        <v>47059584</v>
+        <v>20117894</v>
       </c>
       <c r="B59" t="s">
+        <v>138</v>
+      </c>
+      <c r="C59" t="s">
         <v>139</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
-        <v>20038180</v>
+        <v>20066230</v>
       </c>
       <c r="B60" t="s">
+        <v>141</v>
+      </c>
+      <c r="C60" t="s">
         <v>142</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60">
-        <v>959938607</v>
+        <v>986057828</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
-        <v>42351983</v>
+        <v>70118484</v>
       </c>
       <c r="B61" t="s">
         <v>143</v>
       </c>
       <c r="C61" t="s">
         <v>144</v>
       </c>
       <c r="D61">
-        <v>959995008</v>
+        <v>960704079</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
-        <v>41548075</v>
+        <v>44027935</v>
       </c>
       <c r="B62" t="s">
         <v>145</v>
       </c>
       <c r="C62" t="s">
         <v>146</v>
       </c>
       <c r="D62">
-        <v>964835048</v>
+        <v>999939822</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
-        <v>77160715</v>
+        <v>43454470</v>
       </c>
       <c r="B63" t="s">
         <v>147</v>
       </c>
       <c r="C63" t="s">
         <v>148</v>
       </c>
-      <c r="D63">
-        <v>900263124</v>
+      <c r="D63" t="s">
+        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
-        <v>75740831</v>
+        <v>76372862</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C64" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>990235362</v>
+        <v>151</v>
+      </c>
+      <c r="D64" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
-        <v>40248531</v>
+        <v>76249304</v>
       </c>
       <c r="B65" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C65" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>961476398</v>
+        <v>144</v>
+      </c>
+      <c r="D65" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
-        <v>47964639</v>
+        <v>74891152</v>
       </c>
       <c r="B66" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C66" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>156</v>
+      </c>
+      <c r="D66">
+        <v>921963594</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
-        <v>75955809</v>
+        <v>44764216</v>
       </c>
       <c r="B67" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C67" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D67">
-        <v>934663140</v>
+        <v>964218036</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
-        <v>47841887</v>
+        <v>47248720</v>
       </c>
       <c r="B68" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C68" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D68">
-        <v>914299282</v>
+        <v>913962320</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
-        <v>42581804</v>
+        <v>19825768</v>
       </c>
       <c r="B69" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C69" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>162</v>
+      </c>
+      <c r="D69">
+        <v>952021416</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
-        <v>20117894</v>
+        <v>20051497</v>
       </c>
       <c r="B70" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C70" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D70" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
-        <v>60906343</v>
+        <v>71435638</v>
       </c>
       <c r="B71" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C71" t="s">
-        <v>98</v>
+        <v>167</v>
       </c>
       <c r="D71">
-        <v>910117338</v>
+        <v>935365200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
-        <v>20066230</v>
+        <v>80211017</v>
       </c>
       <c r="B72" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C72" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>986057828</v>
+        <v>169</v>
+      </c>
+      <c r="D72" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
-        <v>70118484</v>
+        <v>41413448</v>
       </c>
       <c r="B73" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C73" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>960704079</v>
+        <v>172</v>
+      </c>
+      <c r="D73" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
-        <v>75740841</v>
+        <v>40669070</v>
       </c>
       <c r="B74" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C74" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D74" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
-        <v>75802604</v>
+        <v>60485284</v>
       </c>
       <c r="B75" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C75" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="D75" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
-        <v>44027935</v>
+        <v>80210760</v>
       </c>
       <c r="B76" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C76" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>999939822</v>
+        <v>181</v>
+      </c>
+      <c r="D76" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
-        <v>43454470</v>
+        <v>42646145</v>
       </c>
       <c r="B77" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C77" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="D77" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
-        <v>76372862</v>
+        <v>20069554</v>
       </c>
       <c r="B78" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C78" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D78" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
-        <v>76249304</v>
+        <v>23253896</v>
       </c>
       <c r="B79" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C79" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="D79" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
-        <v>74891152</v>
+        <v>80210356</v>
       </c>
       <c r="B80" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C80" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="D80">
-        <v>921963594</v>
+        <v>928718513</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
-        <v>44764216</v>
+        <v>46685427</v>
       </c>
       <c r="B81" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C81" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="D81">
-        <v>964218036</v>
+        <v>964467213</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
-        <v>47248720</v>
+        <v>23207070</v>
       </c>
       <c r="B82" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C82" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>913962320</v>
+        <v>197</v>
+      </c>
+      <c r="D82" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
-        <v>19825768</v>
+        <v>61607145</v>
       </c>
       <c r="B83" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C83" t="s">
-        <v>192</v>
+        <v>148</v>
       </c>
       <c r="D83">
-        <v>952021416</v>
+        <v>929214842</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
-        <v>20051497</v>
+        <v>76561142</v>
       </c>
       <c r="B84" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C84" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="D84" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
-        <v>71435638</v>
+        <v>19817911</v>
       </c>
       <c r="B85" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C85" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="D85">
-        <v>935365200</v>
+        <v>965140573</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
-        <v>80211017</v>
+        <v>61638141</v>
       </c>
       <c r="B86" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C86" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="D86" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
-        <v>41413448</v>
+        <v>40745328</v>
       </c>
       <c r="B87" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="C87" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>209</v>
+      </c>
+      <c r="D87">
+        <v>944257064</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
-        <v>40669070</v>
+        <v>20036071</v>
       </c>
       <c r="B88" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="C88" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="D88" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
-        <v>60485284</v>
+        <v>74895595</v>
       </c>
       <c r="B89" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C89" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="D89" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
-        <v>80210760</v>
+        <v>20113371</v>
       </c>
       <c r="B90" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C90" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>217</v>
+      </c>
+      <c r="D90">
+        <v>970603620</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
-        <v>75176837</v>
+        <v>72692378</v>
       </c>
       <c r="B91" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C91" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>942279546</v>
+        <v>219</v>
+      </c>
+      <c r="D91" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
-        <v>42646145</v>
+        <v>20122795</v>
       </c>
       <c r="B92" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C92" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="D92" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
-        <v>20069554</v>
+        <v>76265944</v>
       </c>
       <c r="B93" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C93" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>225</v>
+      </c>
+      <c r="D93">
+        <v>980523566</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
-        <v>41554091</v>
+        <v>48263407</v>
       </c>
       <c r="B94" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C94" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>227</v>
+      </c>
+      <c r="D94">
+        <v>950136856</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
-        <v>23253896</v>
+        <v>20052338</v>
       </c>
       <c r="B95" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C95" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>229</v>
+      </c>
+      <c r="D95">
+        <v>964195435</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
-        <v>80210356</v>
+        <v>45672164</v>
       </c>
       <c r="B96" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C96" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>928718513</v>
+        <v>231</v>
+      </c>
+      <c r="D96" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
-        <v>46685427</v>
+        <v>45614531</v>
       </c>
       <c r="B97" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C97" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>964467213</v>
+        <v>234</v>
+      </c>
+      <c r="D97" t="s">
+        <v>235</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
-        <v>23207070</v>
+        <v>77022697</v>
       </c>
       <c r="B98" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C98" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>237</v>
+      </c>
+      <c r="D98">
+        <v>991085304</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
-        <v>61607145</v>
+        <v>43680361</v>
       </c>
       <c r="B99" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C99" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>929214842</v>
+        <v>239</v>
+      </c>
+      <c r="D99" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
-        <v>76561142</v>
+        <v>23711335</v>
       </c>
       <c r="B100" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="C100" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>242</v>
+      </c>
+      <c r="D100">
+        <v>961439687</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
-        <v>19817911</v>
+        <v>20120494</v>
       </c>
       <c r="B101" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C101" t="s">
-        <v>238</v>
+        <v>23</v>
       </c>
       <c r="D101">
-        <v>965140573</v>
+        <v>987037531</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
-        <v>61638141</v>
+        <v>46715431</v>
       </c>
       <c r="B102" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C102" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D102" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
-        <v>40745328</v>
+        <v>20087664</v>
       </c>
       <c r="B103" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C103" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D103">
-        <v>944257064</v>
+        <v>940570834</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
-        <v>20036071</v>
+        <v>20417855</v>
       </c>
       <c r="B104" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C104" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>250</v>
+      </c>
+      <c r="D104">
+        <v>970875208</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
-        <v>74895595</v>
+        <v>20035438</v>
       </c>
       <c r="B105" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C105" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>252</v>
+      </c>
+      <c r="D105">
+        <v>964803088</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
-        <v>20113371</v>
+        <v>45005334</v>
       </c>
       <c r="B106" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C106" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D106">
-        <v>970603620</v>
+        <v>954949702</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
-        <v>72692378</v>
+        <v>43106479</v>
       </c>
       <c r="B107" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C107" t="s">
-        <v>253</v>
+        <v>23</v>
       </c>
       <c r="D107" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
-        <v>20122795</v>
+        <v>41079671</v>
       </c>
       <c r="B108" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C108" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D108" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
-        <v>76265944</v>
+        <v>75236175</v>
       </c>
       <c r="B109" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C109" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>980523566</v>
+        <v>261</v>
+      </c>
+      <c r="D109" t="s">
+        <v>262</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
-        <v>48263407</v>
+        <v>47628827</v>
       </c>
       <c r="B110" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C110" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D110">
-        <v>950136856</v>
+        <v>954791482</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
-        <v>20052338</v>
+        <v>20074794</v>
       </c>
       <c r="B111" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C111" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>964195435</v>
+        <v>266</v>
+      </c>
+      <c r="D111" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
-        <v>45672164</v>
+        <v>42030605</v>
       </c>
       <c r="B112" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C112" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="D112" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
-        <v>45614531</v>
+        <v>44753636</v>
       </c>
       <c r="B113" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C113" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D113" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
-        <v>77022697</v>
+        <v>40637051</v>
       </c>
       <c r="B114" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C114" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D114">
-        <v>991085304</v>
+        <v>985524174</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
-        <v>43680361</v>
+        <v>73476169</v>
       </c>
       <c r="B115" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C115" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D115" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
-        <v>23711335</v>
+        <v>74451660</v>
       </c>
       <c r="B116" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C116" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>961439687</v>
+        <v>279</v>
+      </c>
+      <c r="D116" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
-        <v>20120494</v>
+        <v>42191081</v>
       </c>
       <c r="B117" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C117" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>987037531</v>
+        <v>282</v>
+      </c>
+      <c r="D117" t="s">
+        <v>283</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
-        <v>47545787</v>
+        <v>46883044</v>
       </c>
       <c r="B118" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C118" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D118" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
-        <v>46715431</v>
+        <v>41464518</v>
       </c>
       <c r="B119" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="C119" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>288</v>
+      </c>
+      <c r="D119">
+        <v>936306092</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
-        <v>20087664</v>
+        <v>80260752</v>
       </c>
       <c r="B120" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C120" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>940570834</v>
+        <v>290</v>
+      </c>
+      <c r="D120" t="s">
+        <v>291</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
-        <v>20417855</v>
+        <v>44886349</v>
       </c>
       <c r="B121" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C121" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>970875208</v>
+        <v>293</v>
+      </c>
+      <c r="D121" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>20568063008</v>
+        <v>41211570</v>
       </c>
       <c r="B122" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="C122" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="D122">
-        <v>942249640</v>
+        <v>991313004</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>20035438</v>
+        <v>46247744</v>
       </c>
       <c r="B123" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="C123" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="D123">
-        <v>964803088</v>
+        <v>932527771</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>45005334</v>
+        <v>40059891</v>
       </c>
       <c r="B124" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C124" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>954949702</v>
+        <v>300</v>
+      </c>
+      <c r="D124" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>43106479</v>
+        <v>40602070</v>
       </c>
       <c r="B125" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="C125" t="s">
-        <v>27</v>
+        <v>254</v>
       </c>
       <c r="D125" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>41079671</v>
+        <v>75802623</v>
       </c>
       <c r="B126" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="C126" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="D126" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>75236175</v>
+        <v>40149233</v>
       </c>
       <c r="B127" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="C127" t="s">
-        <v>299</v>
+        <v>254</v>
       </c>
       <c r="D127" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
-        <v>47628827</v>
+        <v>42269481</v>
       </c>
       <c r="B128" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="C128" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>954791482</v>
+        <v>310</v>
+      </c>
+      <c r="D128" t="s">
+        <v>311</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
-        <v>20074794</v>
+        <v>74301112</v>
       </c>
       <c r="B129" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="C129" t="s">
-        <v>304</v>
+        <v>254</v>
       </c>
       <c r="D129" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
-        <v>42030605</v>
+        <v>19804585</v>
       </c>
       <c r="B130" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="C130" t="s">
-        <v>27</v>
+        <v>315</v>
       </c>
       <c r="D130" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
-        <v>44753636</v>
+        <v>41556047</v>
       </c>
       <c r="B131" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C131" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>23</v>
+      </c>
+      <c r="D131">
+        <v>943315952</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
-        <v>10200559652</v>
+        <v>23715096</v>
       </c>
       <c r="B132" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C132" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="D132" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
-        <v>40637051</v>
+        <v>20011280</v>
       </c>
       <c r="B133" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="C133" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D133">
-        <v>985524174</v>
+        <v>955246281</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
-        <v>73476169</v>
+        <v>19923461</v>
       </c>
       <c r="B134" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C134" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="D134" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
-        <v>20107735</v>
+        <v>47379260</v>
       </c>
       <c r="B135" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C135" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>326</v>
+      </c>
+      <c r="D135">
+        <v>961611516</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
-        <v>74451660</v>
+        <v>71380674</v>
       </c>
       <c r="B136" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C136" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>328</v>
+      </c>
+      <c r="D136">
+        <v>931536640</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
-        <v>42191081</v>
+        <v>71435639</v>
       </c>
       <c r="B137" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C137" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>330</v>
+      </c>
+      <c r="D137">
+        <v>926073977</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
-        <v>46883044</v>
+        <v>41587835</v>
       </c>
       <c r="B138" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C138" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>332</v>
+      </c>
+      <c r="D138">
+        <v>983978424</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
-        <v>41464518</v>
+        <v>20099400</v>
       </c>
       <c r="B139" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C139" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D139">
-        <v>936306092</v>
+        <v>971405958</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
-        <v>80260752</v>
+        <v>20005291</v>
       </c>
       <c r="B140" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C140" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>336</v>
+      </c>
+      <c r="D140">
+        <v>960806107</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
-        <v>44886349</v>
+        <v>40416336</v>
       </c>
       <c r="B141" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C141" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="D141" t="s">
         <v>338</v>
+      </c>
+      <c r="D141">
+        <v>991492822</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
-        <v>41211570</v>
+        <v>75740822</v>
       </c>
       <c r="B142" t="s">
         <v>339</v>
       </c>
       <c r="C142" t="s">
+        <v>298</v>
+      </c>
+      <c r="D142" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>991313004</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
-        <v>46247744</v>
+        <v>77087021</v>
       </c>
       <c r="B143" t="s">
         <v>341</v>
       </c>
       <c r="C143" t="s">
         <v>342</v>
       </c>
       <c r="D143">
-        <v>932527771</v>
+        <v>924786718</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
-        <v>40059891</v>
+        <v>20605049878</v>
       </c>
       <c r="B144" t="s">
         <v>343</v>
       </c>
       <c r="C144" t="s">
         <v>344</v>
       </c>
-      <c r="D144" t="s">
-        <v>345</v>
+      <c r="D144">
+        <v>912554218</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
-        <v>40602070</v>
+        <v>46289960</v>
       </c>
       <c r="B145" t="s">
+        <v>345</v>
+      </c>
+      <c r="C145" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D145" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
-        <v>75802623</v>
+        <v>73127446</v>
       </c>
       <c r="B146" t="s">
         <v>348</v>
       </c>
       <c r="C146" t="s">
         <v>349</v>
       </c>
       <c r="D146" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
-        <v>40149233</v>
+        <v>45205997</v>
       </c>
       <c r="B147" t="s">
         <v>351</v>
       </c>
       <c r="C147" t="s">
-        <v>221</v>
+        <v>352</v>
       </c>
       <c r="D147" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
-        <v>75519965</v>
+        <v>43663942</v>
       </c>
       <c r="B148" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C148" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>927005814</v>
+        <v>355</v>
+      </c>
+      <c r="D148" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
-        <v>42269481</v>
+        <v>43809451</v>
       </c>
       <c r="B149" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C149" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D149" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
-        <v>74301112</v>
+        <v>19930525</v>
       </c>
       <c r="B150" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C150" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>361</v>
+      </c>
+      <c r="D150">
+        <v>944968031</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
-        <v>19804585</v>
+        <v>40955145</v>
       </c>
       <c r="B151" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C151" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D151" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
-        <v>41556047</v>
+        <v>20608828371</v>
       </c>
       <c r="B152" t="s">
-        <v>363</v>
+        <v>28</v>
       </c>
       <c r="C152" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>943315952</v>
+        <v>365</v>
+      </c>
+      <c r="D152" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
-        <v>23715096</v>
+        <v>23249134</v>
       </c>
       <c r="B153" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C153" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>368</v>
+      </c>
+      <c r="D153">
+        <v>964565481</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
-        <v>20011280</v>
+        <v>41137102</v>
       </c>
       <c r="B154" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C154" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="D154">
-        <v>955246281</v>
+        <v>980707831</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
-        <v>19923461</v>
+        <v>20087097</v>
       </c>
       <c r="B155" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C155" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>372</v>
+      </c>
+      <c r="D155">
+        <v>993396166</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156">
-        <v>47379260</v>
+        <v>70302167</v>
       </c>
       <c r="B156" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C156" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D156">
-        <v>961611516</v>
+        <v>921069235</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157">
-        <v>71380674</v>
+        <v>80096836</v>
       </c>
       <c r="B157" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C157" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>931536640</v>
+        <v>376</v>
+      </c>
+      <c r="D157" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158">
-        <v>71435639</v>
+        <v>40951117</v>
       </c>
       <c r="B158" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C158" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>926073977</v>
+        <v>379</v>
+      </c>
+      <c r="D158" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
-        <v>41587835</v>
+        <v>74749062</v>
       </c>
       <c r="B159" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C159" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>983978424</v>
+        <v>225</v>
+      </c>
+      <c r="D159" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
-        <v>20099400</v>
+        <v>20609358221</v>
       </c>
       <c r="B160" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C160" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="D160">
-        <v>971405958</v>
+        <v>949713474</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
-        <v>20005291</v>
+        <v>44812010</v>
       </c>
       <c r="B161" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C161" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>960806107</v>
+        <v>386</v>
+      </c>
+      <c r="D161" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
-        <v>40416336</v>
+        <v>73473835</v>
       </c>
       <c r="B162" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C162" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>991492822</v>
+        <v>389</v>
+      </c>
+      <c r="D162" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
-        <v>75740822</v>
+        <v>71097936</v>
       </c>
       <c r="B163" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C163" t="s">
-        <v>342</v>
+        <v>392</v>
       </c>
       <c r="D163" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
-        <v>77087021</v>
+        <v>75214619</v>
       </c>
       <c r="B164" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C164" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="D164">
-        <v>924786718</v>
+        <v>916379307</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
-        <v>20605049878</v>
+        <v>75236411</v>
       </c>
       <c r="B165" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C165" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>912554218</v>
+        <v>397</v>
+      </c>
+      <c r="D165" t="s">
+        <v>398</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
-        <v>46289960</v>
+        <v>20069521</v>
       </c>
       <c r="B166" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="C166" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="D166" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
-        <v>73127446</v>
+        <v>46953863</v>
       </c>
       <c r="B167" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="C167" t="s">
-        <v>395</v>
+        <v>254</v>
       </c>
       <c r="D167" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
-        <v>45205997</v>
+        <v>76083002</v>
       </c>
       <c r="B168" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="C168" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D168" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
-        <v>43663942</v>
+        <v>43011276</v>
       </c>
       <c r="B169" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="C169" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="D169" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
-        <v>43809451</v>
+        <v>19876059</v>
       </c>
       <c r="B170" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C170" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="D170" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
-        <v>19930525</v>
+        <v>44691430</v>
       </c>
       <c r="B171" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C171" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>944968031</v>
+        <v>414</v>
+      </c>
+      <c r="D171" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
-        <v>40955145</v>
+        <v>19817872</v>
       </c>
       <c r="B172" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="C172" t="s">
-        <v>409</v>
+        <v>298</v>
       </c>
       <c r="D172" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
-        <v>20608828371</v>
+        <v>45908016</v>
       </c>
       <c r="B173" t="s">
-        <v>32</v>
+        <v>418</v>
       </c>
       <c r="C173" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="D173" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
-        <v>23249134</v>
+        <v>40810035</v>
       </c>
       <c r="B174" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="C174" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>964565481</v>
+        <v>422</v>
+      </c>
+      <c r="D174" t="s">
+        <v>423</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
-        <v>41137102</v>
+        <v>71346985</v>
       </c>
       <c r="B175" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="C175" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>980707831</v>
+        <v>425</v>
+      </c>
+      <c r="D175" t="s">
+        <v>426</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
-        <v>20087097</v>
+        <v>20611088737</v>
       </c>
       <c r="B176" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="C176" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>993396166</v>
+        <v>428</v>
+      </c>
+      <c r="D176" t="s">
+        <v>429</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
-        <v>70302167</v>
+        <v>73200023</v>
       </c>
       <c r="B177" t="s">
-        <v>419</v>
+        <v>430</v>
       </c>
       <c r="C177" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>921069235</v>
+        <v>431</v>
+      </c>
+      <c r="D177" t="s">
+        <v>432</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
-        <v>80096836</v>
+        <v>44489431</v>
       </c>
       <c r="B178" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="C178" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="D178" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
-        <v>40951117</v>
+        <v>80210731</v>
       </c>
       <c r="B179" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="C179" t="s">
-        <v>425</v>
+        <v>78</v>
       </c>
       <c r="D179" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
-        <v>76667607</v>
+        <v>20021789</v>
       </c>
       <c r="B180" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
       <c r="C180" t="s">
-        <v>428</v>
+        <v>439</v>
       </c>
       <c r="D180" t="s">
-        <v>429</v>
+        <v>440</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
-        <v>74749062</v>
+        <v>10432688</v>
       </c>
       <c r="B181" t="s">
-        <v>430</v>
+        <v>441</v>
       </c>
       <c r="C181" t="s">
-        <v>259</v>
+        <v>442</v>
       </c>
       <c r="D181" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
-        <v>77027201</v>
+        <v>41234818</v>
       </c>
       <c r="B182" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="C182" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D182" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
-        <v>20609358221</v>
+        <v>10232741029</v>
       </c>
       <c r="B183" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="C183" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>949713474</v>
+        <v>448</v>
+      </c>
+      <c r="D183" t="s">
+        <v>449</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
-        <v>44812010</v>
+        <v>47155548</v>
       </c>
       <c r="B184" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="C184" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>451</v>
+      </c>
+      <c r="D184">
+        <v>987165641</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
-        <v>73473835</v>
+        <v>20602371442</v>
       </c>
       <c r="B185" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="C185" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="D185" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
-        <v>71097936</v>
+        <v>2060237144</v>
       </c>
       <c r="B186" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="C186" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="D186" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
-        <v>75214619</v>
+        <v>41477096</v>
       </c>
       <c r="B187" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="C187" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>916379307</v>
+        <v>456</v>
+      </c>
+      <c r="D187" t="s">
+        <v>457</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
-        <v>75236411</v>
+        <v>41993606</v>
       </c>
       <c r="B188" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="C188" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="D188" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
-        <v>20069521</v>
+        <v>20084096</v>
       </c>
       <c r="B189" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="C189" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="D189" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
-        <v>46953863</v>
+        <v>20043121</v>
       </c>
       <c r="B190" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="C190" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>465</v>
+      </c>
+      <c r="D190">
+        <v>962727346</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
-        <v>76083002</v>
+        <v>46825423</v>
       </c>
       <c r="B191" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C191" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>467</v>
+      </c>
+      <c r="D191">
+        <v>964126492</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
-        <v>43011276</v>
+        <v>45170160</v>
       </c>
       <c r="B192" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C192" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>469</v>
+      </c>
+      <c r="D192">
+        <v>992050108</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
-        <v>19876059</v>
+        <v>47199640</v>
       </c>
       <c r="B193" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="C193" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>464</v>
+        <v>471</v>
+      </c>
+      <c r="D193">
+        <v>910861916</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
-        <v>44691430</v>
+        <v>41865706</v>
       </c>
       <c r="B194" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="C194" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>473</v>
+      </c>
+      <c r="D194">
+        <v>978097423</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
-        <v>19817872</v>
+        <v>73322497</v>
       </c>
       <c r="B195" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="C195" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>475</v>
+      </c>
+      <c r="D195">
+        <v>967559517</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
-        <v>45908016</v>
+        <v>43820425</v>
       </c>
       <c r="B196" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="C196" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>477</v>
+      </c>
+      <c r="D196">
+        <v>948924902</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
-        <v>40810035</v>
+        <v>46943745</v>
       </c>
       <c r="B197" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C197" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>479</v>
+      </c>
+      <c r="D197">
+        <v>988977165</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
-        <v>71346985</v>
+        <v>76660748</v>
       </c>
       <c r="B198" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C198" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>481</v>
+      </c>
+      <c r="D198">
+        <v>977716026</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
-        <v>20611088737</v>
+        <v>20104831</v>
       </c>
       <c r="B199" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C199" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D199" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
-        <v>73200023</v>
+        <v>76411007</v>
       </c>
       <c r="B200" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C200" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D200" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
-        <v>73997304</v>
+        <v>47835741</v>
       </c>
       <c r="B201" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C201" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D201" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
-        <v>44489431</v>
+        <v>43658491</v>
       </c>
       <c r="B202" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C202" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D202" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
-        <v>80210731</v>
+        <v>72577712</v>
       </c>
       <c r="B203" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C203" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>495</v>
+      </c>
+      <c r="D203">
+        <v>957347661</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
-        <v>20021789</v>
+        <v>20429212</v>
       </c>
       <c r="B204" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C204" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>497</v>
+      </c>
+      <c r="D204">
+        <v>973677408</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
-        <v>10432688</v>
+        <v>70302505</v>
       </c>
       <c r="B205" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C205" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>499</v>
+      </c>
+      <c r="D205">
+        <v>931104181</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
-        <v>41234818</v>
+        <v>19814917</v>
       </c>
       <c r="B206" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C206" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D206" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
-        <v>10232741029</v>
+        <v>43372355</v>
       </c>
       <c r="B207" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C207" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>504</v>
+      </c>
+      <c r="D207">
+        <v>933214482</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
-        <v>47155548</v>
+        <v>73188277</v>
       </c>
       <c r="B208" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C208" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D208">
-        <v>987165641</v>
+        <v>994109583</v>
       </c>
     </row>
     <row r="209" spans="1:4">
-      <c r="A209" t="s">
-        <v>505</v>
+      <c r="A209">
+        <v>19839125</v>
       </c>
       <c r="B209" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C209" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D209">
-        <v>983073676</v>
+        <v>992841659</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
-        <v>20602371442</v>
+        <v>72189185</v>
       </c>
       <c r="B210" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C210" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="D210" t="s">
         <v>510</v>
+      </c>
+      <c r="D210">
+        <v>965306493</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
-        <v>2060237144</v>
+        <v>48198974</v>
       </c>
       <c r="B211" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C211" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>92</v>
+      </c>
+      <c r="D211">
+        <v>987812403</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
-        <v>41076843</v>
+        <v>41944527</v>
       </c>
       <c r="B212" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C212" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="D212" t="s">
         <v>513</v>
+      </c>
+      <c r="D212">
+        <v>903533333</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
-        <v>41477096</v>
+        <v>20038749</v>
       </c>
       <c r="B213" t="s">
         <v>514</v>
       </c>
       <c r="C213" t="s">
         <v>515</v>
       </c>
-      <c r="D213" t="s">
-        <v>516</v>
+      <c r="D213">
+        <v>920318683</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
-        <v>41993606</v>
+        <v>19920725</v>
       </c>
       <c r="B214" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C214" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>151</v>
+      </c>
+      <c r="D214">
+        <v>964329818</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
-        <v>20084096</v>
+        <v>41749273</v>
       </c>
       <c r="B215" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="C215" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>518</v>
+      </c>
+      <c r="D215">
+        <v>944349839</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216">
-        <v>20043121</v>
+        <v>48351146</v>
       </c>
       <c r="B216" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C216" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="D216">
-        <v>962727346</v>
+        <v>941374942</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217">
-        <v>46825423</v>
+        <v>80519303</v>
       </c>
       <c r="B217" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C217" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D217">
-        <v>964126492</v>
+        <v>984960973</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218">
-        <v>45170160</v>
+        <v>20606358408</v>
       </c>
       <c r="B218" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="C218" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="D218">
-        <v>992050108</v>
+        <v>980400881</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219">
-        <v>47199640</v>
+        <v>75802609</v>
       </c>
       <c r="B219" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="C219" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="D219">
-        <v>910861916</v>
+        <v>976327216</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220">
-        <v>41865706</v>
+        <v>76370946</v>
       </c>
       <c r="B220" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C220" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="D220">
-        <v>978097423</v>
+        <v>965464645</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221">
-        <v>73322497</v>
+        <v>77286120</v>
       </c>
       <c r="B221" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="C221" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D221">
-        <v>967559517</v>
+        <v>993031319</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222">
-        <v>41080165</v>
+        <v>20019936</v>
       </c>
       <c r="B222" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="C222" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>923479696</v>
+        <v>92</v>
+      </c>
+      <c r="D222" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223">
-        <v>43820425</v>
+        <v>48142548</v>
       </c>
       <c r="B223" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C223" t="s">
-        <v>538</v>
+        <v>5</v>
       </c>
       <c r="D223">
-        <v>948924902</v>
+        <v>916733686</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224">
-        <v>46943745</v>
+        <v>20486323273</v>
       </c>
       <c r="B224" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="C224" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="D224">
-        <v>988977165</v>
+        <v>974812352</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225">
-        <v>76660748</v>
+        <v>74349492</v>
       </c>
       <c r="B225" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="C225" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="D225">
-        <v>977716026</v>
+        <v>989103345</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226">
-        <v>20104831</v>
+        <v>45529582</v>
       </c>
       <c r="B226" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="C226" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>539</v>
+      </c>
+      <c r="D226">
+        <v>991497087</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227">
-        <v>76411007</v>
+        <v>20068390</v>
       </c>
       <c r="B227" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="C227" t="s">
-        <v>547</v>
+        <v>254</v>
       </c>
       <c r="D227" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228">
-        <v>41660336</v>
+        <v>20076082</v>
       </c>
       <c r="B228" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="C228" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="D228" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229">
-        <v>47835741</v>
+        <v>75020694</v>
       </c>
       <c r="B229" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="C229" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="D229" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230">
-        <v>43658491</v>
+        <v>74843768</v>
       </c>
       <c r="B230" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="C230" t="s">
-        <v>556</v>
+        <v>98</v>
       </c>
       <c r="D230" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231">
-        <v>72577712</v>
+        <v>20052599</v>
       </c>
       <c r="B231" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="C231" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="D231">
-        <v>957347661</v>
+        <v>916007008</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232">
-        <v>20429212</v>
+        <v>45479324</v>
       </c>
       <c r="B232" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="C232" t="s">
-        <v>561</v>
+        <v>217</v>
       </c>
       <c r="D232">
-        <v>973677408</v>
+        <v>912914521</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233">
-        <v>70302505</v>
+        <v>47184669</v>
       </c>
       <c r="B233" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="C233" t="s">
-        <v>563</v>
+        <v>100</v>
       </c>
       <c r="D233">
-        <v>931104181</v>
+        <v>982462007</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234">
-        <v>19814917</v>
+        <v>20610354131</v>
       </c>
       <c r="B234" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="C234" t="s">
-        <v>565</v>
+        <v>524</v>
       </c>
       <c r="D234" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235">
-        <v>43372355</v>
+        <v>75600133</v>
       </c>
       <c r="B235" t="s">
-        <v>567</v>
+        <v>556</v>
       </c>
       <c r="C235" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>933214482</v>
+        <v>557</v>
+      </c>
+      <c r="D235" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236">
-        <v>73188277</v>
+        <v>20541560492</v>
       </c>
       <c r="B236" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="C236" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="D236">
-        <v>994109583</v>
+        <v>996888843</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237">
-        <v>19839125</v>
+        <v>45463540</v>
       </c>
       <c r="B237" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="C237" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="D237">
-        <v>992841659</v>
+        <v>944772248</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238">
-        <v>72189185</v>
+        <v>77389335</v>
       </c>
       <c r="B238" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="C238" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>965306493</v>
+        <v>564</v>
+      </c>
+      <c r="D238" t="s">
+        <v>565</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239">
-        <v>48198974</v>
+        <v>73207010</v>
       </c>
       <c r="B239" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="C239" t="s">
-        <v>108</v>
+        <v>567</v>
       </c>
       <c r="D239">
-        <v>987812403</v>
+        <v>910460828</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240">
-        <v>41944527</v>
+        <v>47740220</v>
       </c>
       <c r="B240" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="C240" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>903533333</v>
+        <v>569</v>
+      </c>
+      <c r="D240" t="s">
+        <v>570</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241">
-        <v>20038749</v>
+        <v>2008479</v>
       </c>
       <c r="B241" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="C241" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="D241">
-        <v>920318683</v>
+        <v>936613775</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242">
-        <v>76620866</v>
+        <v>20609475448</v>
       </c>
       <c r="B242" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="C242" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>982565208</v>
+        <v>574</v>
+      </c>
+      <c r="D242" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243">
-        <v>19920725</v>
+        <v>76844545</v>
       </c>
       <c r="B243" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="C243" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>964329818</v>
+        <v>562</v>
+      </c>
+      <c r="D243" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
-        <v>41749273</v>
+        <v>43426391</v>
       </c>
       <c r="B244" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="C244" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="D244">
-        <v>944349839</v>
+        <v>919008324</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
-        <v>48351146</v>
+        <v>44617074</v>
       </c>
       <c r="B245" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="C245" t="s">
-        <v>586</v>
+        <v>23</v>
       </c>
       <c r="D245">
-        <v>941374942</v>
+        <v>985355260</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
-        <v>80519303</v>
+        <v>23263473</v>
       </c>
       <c r="B246" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="C246" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="D246">
-        <v>984960973</v>
+        <v>936082029</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247">
-        <v>20606358408</v>
+        <v>76038149</v>
       </c>
       <c r="B247" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="C247" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>980400881</v>
+        <v>584</v>
+      </c>
+      <c r="D247" t="s">
+        <v>585</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248">
-        <v>75802609</v>
+        <v>45361057</v>
       </c>
       <c r="B248" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="C248" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="D248">
-        <v>976327216</v>
+        <v>963451329</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249">
-        <v>76370946</v>
+        <v>46898353</v>
       </c>
       <c r="B249" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="C249" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="D249">
-        <v>965464645</v>
+        <v>989538363</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250">
-        <v>77286120</v>
+        <v>77141568</v>
       </c>
       <c r="B250" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="C250" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>993031319</v>
+        <v>587</v>
+      </c>
+      <c r="D250" t="s">
+        <v>591</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251">
-        <v>20019936</v>
+        <v>20027321</v>
       </c>
       <c r="B251" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="C251" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>98</v>
+      </c>
+      <c r="D251">
+        <v>918246369</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252">
-        <v>48142548</v>
+        <v>44691415</v>
       </c>
       <c r="B252" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="C252" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>916733686</v>
+        <v>594</v>
+      </c>
+      <c r="D252" t="s">
+        <v>595</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253">
-        <v>20486323273</v>
+        <v>10198434162</v>
       </c>
       <c r="B253" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="C253" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="D253">
-        <v>974812352</v>
+        <v>966578889</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254">
-        <v>74349492</v>
+        <v>19801636</v>
       </c>
       <c r="B254" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="C254" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>989103345</v>
+        <v>599</v>
+      </c>
+      <c r="D254" t="s">
+        <v>600</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255">
-        <v>45529582</v>
+        <v>20600171021</v>
       </c>
       <c r="B255" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="C255" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>991497087</v>
+        <v>602</v>
+      </c>
+      <c r="D255" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
-        <v>20068390</v>
+        <v>41558900</v>
       </c>
       <c r="B256" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C256" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>156</v>
+      </c>
+      <c r="D256">
+        <v>941951473</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
-        <v>20076082</v>
+        <v>20486985497</v>
       </c>
       <c r="B257" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C257" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>606</v>
+      </c>
+      <c r="D257">
+        <v>964721707</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258">
-        <v>75020694</v>
+        <v>23679490</v>
       </c>
       <c r="B258" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="C258" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="D258" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259">
-        <v>47845486</v>
+        <v>44595105</v>
       </c>
       <c r="B259" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="C259" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>927245904</v>
+        <v>611</v>
+      </c>
+      <c r="D259" t="s">
+        <v>612</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260">
-        <v>74843768</v>
+        <v>73948228</v>
       </c>
       <c r="B260" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C260" t="s">
-        <v>114</v>
+        <v>614</v>
       </c>
       <c r="D260" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261">
-        <v>46977351</v>
+        <v>75511797</v>
       </c>
       <c r="B261" t="s">
+        <v>616</v>
+      </c>
+      <c r="C261" t="s">
+        <v>617</v>
+      </c>
+      <c r="D261" t="s">
         <v>618</v>
-      </c>
-[...4 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262">
-        <v>20052599</v>
+        <v>19925773</v>
       </c>
       <c r="B262" t="s">
+        <v>619</v>
+      </c>
+      <c r="C262" t="s">
+        <v>620</v>
+      </c>
+      <c r="D262" t="s">
         <v>621</v>
-      </c>
-[...4 lines deleted...]
-        <v>916007008</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263">
-        <v>45479324</v>
+        <v>20076292</v>
       </c>
       <c r="B263" t="s">
+        <v>622</v>
+      </c>
+      <c r="C263" t="s">
         <v>623</v>
       </c>
-      <c r="C263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D263">
-        <v>912914521</v>
+        <v>973661726</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264">
-        <v>43895597</v>
+        <v>20112638</v>
       </c>
       <c r="B264" t="s">
         <v>624</v>
       </c>
       <c r="C264" t="s">
         <v>625</v>
       </c>
       <c r="D264" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265">
-        <v>47184669</v>
+        <v>20016784</v>
       </c>
       <c r="B265" t="s">
         <v>627</v>
       </c>
       <c r="C265" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>982462007</v>
+        <v>628</v>
+      </c>
+      <c r="D265" t="s">
+        <v>629</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266">
-        <v>20610354131</v>
+        <v>44913975</v>
       </c>
       <c r="B266" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C266" t="s">
-        <v>590</v>
+        <v>271</v>
       </c>
       <c r="D266" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267">
-        <v>75600133</v>
+        <v>20119284</v>
       </c>
       <c r="B267" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C267" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D267" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268">
-        <v>20541560492</v>
+        <v>61061521</v>
       </c>
       <c r="B268" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C268" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>996888843</v>
+        <v>636</v>
+      </c>
+      <c r="D268" t="s">
+        <v>637</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269">
-        <v>45463540</v>
+        <v>20055793</v>
       </c>
       <c r="B269" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C269" t="s">
-        <v>140</v>
+        <v>639</v>
       </c>
       <c r="D269">
-        <v>944772248</v>
+        <v>954132249</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270">
-        <v>77389335</v>
+        <v>20084942</v>
       </c>
       <c r="B270" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C270" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="D270" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271">
-        <v>73207010</v>
+        <v>43856561</v>
       </c>
       <c r="B271" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="C271" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-        <v>910460828</v>
+        <v>644</v>
+      </c>
+      <c r="D271" t="s">
+        <v>645</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272">
-        <v>75377215</v>
+        <v>48505270</v>
       </c>
       <c r="B272" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C272" t="s">
-        <v>642</v>
+        <v>151</v>
       </c>
       <c r="D272">
-        <v>967707272</v>
+        <v>965887186</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273">
-        <v>47788703</v>
+        <v>44305339</v>
       </c>
       <c r="B273" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="C273" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="D273" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274">
-        <v>47740220</v>
+        <v>61012165</v>
       </c>
       <c r="B274" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C274" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="D274" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275">
-        <v>2008479</v>
+        <v>74035643</v>
       </c>
       <c r="B275" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C275" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>936613775</v>
+        <v>654</v>
+      </c>
+      <c r="D275" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276">
-        <v>20609475448</v>
+        <v>74060906</v>
       </c>
       <c r="B276" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C276" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="D276" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277">
-        <v>76844545</v>
+        <v>75802614</v>
       </c>
       <c r="B277" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="C277" t="s">
-        <v>140</v>
+        <v>660</v>
       </c>
       <c r="D277" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278">
-        <v>43426391</v>
+        <v>44766386</v>
       </c>
       <c r="B278" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C278" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="D278">
-        <v>919008324</v>
+        <v>986867381</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279">
-        <v>44617074</v>
+        <v>70613547</v>
       </c>
       <c r="B279" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C279" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>985355260</v>
+        <v>665</v>
+      </c>
+      <c r="D279" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280">
-        <v>23263473</v>
+        <v>40225974</v>
       </c>
       <c r="B280" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="C280" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>936082029</v>
+        <v>668</v>
+      </c>
+      <c r="D280" t="s">
+        <v>669</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281">
-        <v>76038149</v>
+        <v>73995913</v>
       </c>
       <c r="B281" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="C281" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>671</v>
+      </c>
+      <c r="D281">
+        <v>967204844</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282">
-        <v>20122824</v>
+        <v>73174237</v>
       </c>
       <c r="B282" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="C282" t="s">
-        <v>665</v>
+        <v>587</v>
       </c>
       <c r="D282" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283">
-        <v>45361057</v>
+        <v>44182626</v>
       </c>
       <c r="B283" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C283" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="D283">
-        <v>963451329</v>
+        <v>976466202</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284">
-        <v>46898353</v>
+        <v>47315606</v>
       </c>
       <c r="B284" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C284" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="D284">
-        <v>989538363</v>
+        <v>940862695</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285">
-        <v>77141568</v>
+        <v>47333711</v>
       </c>
       <c r="B285" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C285" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="D285" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286">
-        <v>72877139</v>
+        <v>42394241</v>
       </c>
       <c r="B286" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="C286" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="D286" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287">
-        <v>20027321</v>
+        <v>40945639</v>
       </c>
       <c r="B287" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="C287" t="s">
-        <v>114</v>
+        <v>685</v>
       </c>
       <c r="D287">
-        <v>918246369</v>
+        <v>990484709</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288">
-        <v>44691415</v>
+        <v>47291352</v>
       </c>
       <c r="B288" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="C288" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="D288" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289">
-        <v>10198434162</v>
+        <v>74159557</v>
       </c>
       <c r="B289" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="C289" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="D289">
-        <v>966578889</v>
+        <v>914783266</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290">
-        <v>19801636</v>
+        <v>19858723</v>
       </c>
       <c r="B290" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="C290" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="D290" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291">
-        <v>20600171021</v>
+        <v>4734268</v>
       </c>
       <c r="B291" t="s">
-        <v>685</v>
+        <v>99</v>
       </c>
       <c r="C291" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>694</v>
+      </c>
+      <c r="D291">
+        <v>917965007</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292">
-        <v>10440153386</v>
+        <v>41506011</v>
       </c>
       <c r="B292" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="C292" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>948979799</v>
+        <v>696</v>
+      </c>
+      <c r="D292" t="s">
+        <v>697</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293">
-        <v>41558900</v>
+        <v>7872810</v>
       </c>
       <c r="B293" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C293" t="s">
-        <v>186</v>
+        <v>699</v>
       </c>
       <c r="D293">
-        <v>941951473</v>
+        <v>982822624</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294">
-        <v>20486985497</v>
+        <v>72564113</v>
       </c>
       <c r="B294" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="C294" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>964721707</v>
+        <v>701</v>
+      </c>
+      <c r="D294" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295">
-        <v>23679490</v>
+        <v>43679500</v>
       </c>
       <c r="B295" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="C295" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>695</v>
+        <v>704</v>
+      </c>
+      <c r="D295">
+        <v>994811688</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296">
-        <v>47115581</v>
+        <v>75047330</v>
       </c>
       <c r="B296" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C296" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>947537443</v>
+        <v>706</v>
+      </c>
+      <c r="D296" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297">
-        <v>44595105</v>
+        <v>73130450</v>
       </c>
       <c r="B297" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="C297" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="D297" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298">
-        <v>73948228</v>
+        <v>73357785</v>
       </c>
       <c r="B298" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="C298" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="D298" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299">
-        <v>75511797</v>
+        <v>46180392</v>
       </c>
       <c r="B299" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="C299" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>715</v>
+      </c>
+      <c r="D299">
+        <v>935855476</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300">
-        <v>19925773</v>
+        <v>43611884</v>
       </c>
       <c r="B300" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="C300" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>508</v>
+      </c>
+      <c r="D300">
+        <v>939561369</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301">
-        <v>20061407</v>
+        <v>60209835</v>
       </c>
       <c r="B301" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="C301" t="s">
-        <v>711</v>
+        <v>448</v>
       </c>
       <c r="D301" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302">
-        <v>20076292</v>
+        <v>60905918</v>
       </c>
       <c r="B302" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="C302" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>973661726</v>
+        <v>720</v>
+      </c>
+      <c r="D302" t="s">
+        <v>721</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303">
-        <v>20112638</v>
+        <v>19846254</v>
       </c>
       <c r="B303" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C303" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="D303" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304">
-        <v>20016784</v>
+        <v>75982617</v>
       </c>
       <c r="B304" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="C304" t="s">
-        <v>719</v>
+        <v>298</v>
       </c>
       <c r="D304" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305">
-        <v>46071343</v>
+        <v>47415885</v>
       </c>
       <c r="B305" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="C305" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>657</v>
+      </c>
+      <c r="D305">
+        <v>992166248</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306">
-        <v>47982407</v>
+        <v>74563049</v>
       </c>
       <c r="B306" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C306" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>729</v>
+      </c>
+      <c r="D306">
+        <v>967358080</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307">
-        <v>44913975</v>
+        <v>45380685</v>
       </c>
       <c r="B307" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="C307" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>731</v>
+      </c>
+      <c r="D307">
+        <v>964050385</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308">
-        <v>20119284</v>
+        <v>47009137</v>
       </c>
       <c r="B308" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="C308" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>733</v>
+      </c>
+      <c r="D308">
+        <v>987295694</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309">
-        <v>61061521</v>
+        <v>41505186</v>
       </c>
       <c r="B309" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C309" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-        <v>733</v>
+        <v>735</v>
+      </c>
+      <c r="D309">
+        <v>931277791</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310">
-        <v>20055793</v>
+        <v>71315858</v>
       </c>
       <c r="B310" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C310" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>954132249</v>
+        <v>737</v>
+      </c>
+      <c r="D310" t="s">
+        <v>738</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311">
-        <v>20084942</v>
+        <v>76632542</v>
       </c>
       <c r="B311" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C311" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="D311" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312">
-        <v>43992386</v>
+        <v>456145</v>
       </c>
       <c r="B312" t="s">
-        <v>739</v>
+        <v>233</v>
       </c>
       <c r="C312" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>742</v>
+      </c>
+      <c r="D312">
+        <v>931696486</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313">
-        <v>43856561</v>
+        <v>43831386</v>
       </c>
       <c r="B313" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C313" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D313" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314">
-        <v>48505270</v>
+        <v>44587884</v>
       </c>
       <c r="B314" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C314" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>965887186</v>
+        <v>747</v>
+      </c>
+      <c r="D314" t="s">
+        <v>748</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315">
-        <v>44305339</v>
+        <v>44662903</v>
       </c>
       <c r="B315" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C315" t="s">
-        <v>747</v>
+        <v>657</v>
       </c>
       <c r="D315" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316">
-        <v>61012165</v>
+        <v>74474160</v>
       </c>
       <c r="B316" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C316" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D316" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317">
-        <v>41259762</v>
+        <v>75809528</v>
       </c>
       <c r="B317" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C317" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D317" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318">
-        <v>74035643</v>
+        <v>40678652</v>
       </c>
       <c r="B318" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C318" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D318" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319">
-        <v>74060906</v>
+        <v>44526202</v>
       </c>
       <c r="B319" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C319" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>761</v>
+      </c>
+      <c r="D319">
+        <v>941502227</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320">
-        <v>75802614</v>
+        <v>41505181</v>
       </c>
       <c r="B320" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C320" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>459</v>
+      </c>
+      <c r="D320">
+        <v>917871061</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321">
-        <v>73942554</v>
+        <v>44141248</v>
       </c>
       <c r="B321" t="s">
         <v>763</v>
       </c>
       <c r="C321" t="s">
         <v>764</v>
       </c>
       <c r="D321">
-        <v>946906625</v>
+        <v>997671325</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322">
-        <v>44766386</v>
+        <v>48702472</v>
       </c>
       <c r="B322" t="s">
         <v>765</v>
       </c>
       <c r="C322" t="s">
         <v>766</v>
       </c>
-      <c r="D322">
-        <v>986867381</v>
+      <c r="D322" t="s">
+        <v>767</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323">
-        <v>70613547</v>
+        <v>75520005</v>
       </c>
       <c r="B323" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C323" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D323" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324">
-        <v>40225974</v>
+        <v>75047329</v>
       </c>
       <c r="B324" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C324" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D324" t="s">
         <v>772</v>
+      </c>
+      <c r="D324">
+        <v>921603654</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325">
-        <v>73995913</v>
+        <v>42149429</v>
       </c>
       <c r="B325" t="s">
         <v>773</v>
       </c>
       <c r="C325" t="s">
         <v>774</v>
       </c>
       <c r="D325">
-        <v>967204844</v>
+        <v>952372034</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326">
-        <v>73174237</v>
+        <v>42538553</v>
       </c>
       <c r="B326" t="s">
         <v>775</v>
       </c>
       <c r="C326" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="D326" t="s">
         <v>776</v>
+      </c>
+      <c r="D326">
+        <v>964279339</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327">
-        <v>44182626</v>
+        <v>21251395</v>
       </c>
       <c r="B327" t="s">
         <v>777</v>
       </c>
       <c r="C327" t="s">
         <v>778</v>
       </c>
-      <c r="D327">
-        <v>976466202</v>
+      <c r="D327" t="s">
+        <v>779</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328">
-        <v>47315606</v>
+        <v>20486437449</v>
       </c>
       <c r="B328" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C328" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D328">
-        <v>940862695</v>
+        <v>957249237</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329">
-        <v>47333711</v>
+        <v>70242154</v>
       </c>
       <c r="B329" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C329" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>783</v>
+        <v>764</v>
+      </c>
+      <c r="D329">
+        <v>940488106</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330">
-        <v>42394241</v>
+        <v>71556743</v>
       </c>
       <c r="B330" t="s">
+        <v>783</v>
+      </c>
+      <c r="C330" t="s">
         <v>784</v>
       </c>
-      <c r="C330" t="s">
+      <c r="D330" t="s">
         <v>785</v>
       </c>
-      <c r="D330" t="s">
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331">
+        <v>75460821</v>
+      </c>
+      <c r="B331" t="s">
         <v>786</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A331" t="s">
+      <c r="C331" t="s">
         <v>787</v>
       </c>
-      <c r="B331" t="s">
+      <c r="D331" t="s">
         <v>788</v>
-      </c>
-[...4 lines deleted...]
-        <v>970633793</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332">
-        <v>40945639</v>
+        <v>74349491</v>
       </c>
       <c r="B332" t="s">
+        <v>789</v>
+      </c>
+      <c r="C332" t="s">
         <v>790</v>
       </c>
-      <c r="C332" t="s">
+      <c r="D332" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>990484709</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333">
-        <v>47291352</v>
+        <v>61207191</v>
       </c>
       <c r="B333" t="s">
         <v>792</v>
       </c>
       <c r="C333" t="s">
         <v>793</v>
       </c>
       <c r="D333" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334">
-        <v>74159557</v>
+        <v>75972066</v>
       </c>
       <c r="B334" t="s">
         <v>795</v>
       </c>
       <c r="C334" t="s">
+        <v>73</v>
+      </c>
+      <c r="D334" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>914783266</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335">
-        <v>19858723</v>
+        <v>41485297</v>
       </c>
       <c r="B335" t="s">
         <v>797</v>
       </c>
       <c r="C335" t="s">
         <v>798</v>
       </c>
       <c r="D335" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336">
-        <v>4734268</v>
+        <v>48495650</v>
       </c>
       <c r="B336" t="s">
-        <v>115</v>
+        <v>800</v>
       </c>
       <c r="C336" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D336">
-        <v>917965007</v>
+        <v>963780621</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337">
-        <v>41506011</v>
+        <v>45470616</v>
       </c>
       <c r="B337" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C337" t="s">
-        <v>802</v>
-[...1 lines deleted...]
-      <c r="D337" t="s">
         <v>803</v>
+      </c>
+      <c r="D337">
+        <v>905826992</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338">
-        <v>45262940</v>
+        <v>4385656</v>
       </c>
       <c r="B338" t="s">
+        <v>643</v>
+      </c>
+      <c r="C338" t="s">
         <v>804</v>
       </c>
-      <c r="C338" t="s">
-[...3 lines deleted...]
-        <v>959718412</v>
+      <c r="D338" t="s">
+        <v>645</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339">
-        <v>7872810</v>
+        <v>70302171</v>
       </c>
       <c r="B339" t="s">
+        <v>805</v>
+      </c>
+      <c r="C339" t="s">
         <v>806</v>
       </c>
-      <c r="C339" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D339">
-        <v>982822624</v>
+        <v>951575656</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340">
-        <v>77039486</v>
+        <v>42702028</v>
       </c>
       <c r="B340" t="s">
+        <v>807</v>
+      </c>
+      <c r="C340" t="s">
         <v>808</v>
       </c>
-      <c r="C340" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D340">
-        <v>931509825</v>
+        <v>999992804</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341">
-        <v>20069896</v>
+        <v>75972065</v>
       </c>
       <c r="B341" t="s">
         <v>809</v>
       </c>
       <c r="C341" t="s">
         <v>810</v>
       </c>
-      <c r="D341" t="s">
-        <v>811</v>
+      <c r="D341">
+        <v>948334231</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342">
-        <v>72564113</v>
+        <v>75051354</v>
       </c>
       <c r="B342" t="s">
+        <v>811</v>
+      </c>
+      <c r="C342" t="s">
         <v>812</v>
       </c>
-      <c r="C342" t="s">
-[...3 lines deleted...]
-        <v>814</v>
+      <c r="D342">
+        <v>932149385</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343">
-        <v>43679500</v>
+        <v>73055749</v>
       </c>
       <c r="B343" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="C343" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>994811688</v>
+        <v>668</v>
+      </c>
+      <c r="D343" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344">
-        <v>75047330</v>
+        <v>47111736</v>
       </c>
       <c r="B344" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="C344" t="s">
-        <v>818</v>
+        <v>156</v>
       </c>
       <c r="D344" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345">
-        <v>73130450</v>
+        <v>74414056</v>
       </c>
       <c r="B345" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="C345" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>818</v>
+      </c>
+      <c r="D345">
+        <v>925056708</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346">
-        <v>73357785</v>
+        <v>44883876</v>
       </c>
       <c r="B346" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="C346" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>84</v>
+      </c>
+      <c r="D346">
+        <v>921409217</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347">
-        <v>46180392</v>
+        <v>20054906</v>
       </c>
       <c r="B347" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="C347" t="s">
-        <v>827</v>
+        <v>84</v>
       </c>
       <c r="D347">
-        <v>935855476</v>
+        <v>917277209</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348">
-        <v>43611884</v>
+        <v>47511745</v>
       </c>
       <c r="B348" t="s">
+        <v>821</v>
+      </c>
+      <c r="C348" t="s">
+        <v>822</v>
+      </c>
+      <c r="D348" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349">
+        <v>48725724</v>
+      </c>
+      <c r="B349" t="s">
+        <v>824</v>
+      </c>
+      <c r="C349" t="s">
+        <v>448</v>
+      </c>
+      <c r="D349">
+        <v>966257536</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350">
+        <v>19854916</v>
+      </c>
+      <c r="B350" t="s">
+        <v>825</v>
+      </c>
+      <c r="C350" t="s">
+        <v>826</v>
+      </c>
+      <c r="D350" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351">
+        <v>19841310</v>
+      </c>
+      <c r="B351" t="s">
         <v>828</v>
       </c>
-      <c r="C348" t="s">
-[...3 lines deleted...]
-        <v>939561369</v>
+      <c r="C351" t="s">
+        <v>92</v>
+      </c>
+      <c r="D351">
+        <v>996669921</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352">
+        <v>41231965</v>
+      </c>
+      <c r="B352" t="s">
+        <v>829</v>
+      </c>
+      <c r="C352" t="s">
+        <v>774</v>
+      </c>
+      <c r="D352">
+        <v>941430721</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353">
+        <v>75740841</v>
+      </c>
+      <c r="B353" t="s">
+        <v>830</v>
+      </c>
+      <c r="C353" t="s">
+        <v>831</v>
+      </c>
+      <c r="D353" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354">
+        <v>46977351</v>
+      </c>
+      <c r="B354" t="s">
+        <v>833</v>
+      </c>
+      <c r="C354" t="s">
+        <v>834</v>
+      </c>
+      <c r="D354" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355">
+        <v>42629567</v>
+      </c>
+      <c r="B355" t="s">
+        <v>836</v>
+      </c>
+      <c r="C355" t="s">
+        <v>837</v>
+      </c>
+      <c r="D355" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356">
+        <v>20061781</v>
+      </c>
+      <c r="B356" t="s">
+        <v>839</v>
+      </c>
+      <c r="C356" t="s">
+        <v>839</v>
+      </c>
+      <c r="D356">
+        <v>964380892</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>