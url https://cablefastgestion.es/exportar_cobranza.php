--- v0 (2025-12-30)
+++ v1 (2026-02-28)
@@ -12,1253 +12,1232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>ID Cobranza</t>
   </si>
   <si>
     <t>DNI Cliente</t>
   </si>
   <si>
     <t>Nombre Cliente</t>
   </si>
   <si>
     <t>Equipos</t>
   </si>
   <si>
     <t>Plan</t>
   </si>
   <si>
     <t>Monto</t>
   </si>
   <si>
     <t>Estado</t>
   </si>
   <si>
     <t>Fecha Límite</t>
   </si>
   <si>
+    <t>ISAI JOHN CUADROS VERA</t>
+  </si>
+  <si>
+    <t>INTERNET 300MBPS</t>
+  </si>
+  <si>
+    <t>pendiente</t>
+  </si>
+  <si>
+    <t>2026-04-01</t>
+  </si>
+  <si>
+    <t>EDY ISABEL MEDINA GARCIA</t>
+  </si>
+  <si>
+    <t>2026-03-15</t>
+  </si>
+  <si>
+    <t>CLARIZA CAMARGO DAVIRAN</t>
+  </si>
+  <si>
+    <t>SOLANO VENTURA BORJA</t>
+  </si>
+  <si>
+    <t>VICTOR HUAMAN FLORES</t>
+  </si>
+  <si>
+    <t>DUO 300MBPS</t>
+  </si>
+  <si>
+    <t>FLORA CASILDA CANTURIN HUARCAYA</t>
+  </si>
+  <si>
+    <t>2026-03-01</t>
+  </si>
+  <si>
+    <t>CREDER IVAN POMA SOBERANES</t>
+  </si>
+  <si>
+    <t>CABLE 1TVS</t>
+  </si>
+  <si>
+    <t>VICTOR ALBERTO CABRERA LAURA</t>
+  </si>
+  <si>
+    <t>Melissa Naida Barja Ventura</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>Maribel Tito Venturo</t>
+  </si>
+  <si>
+    <t>DIEGO ANTONY BORJA GUERRA</t>
+  </si>
+  <si>
+    <t>DUO 500MBPS</t>
+  </si>
+  <si>
+    <t>HEDITH  NOEMI GARCIA ESTRADA</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>MARYCIELO FLORES GARCIA</t>
+  </si>
+  <si>
+    <t>SINTIA SEGUIL MELCHOR</t>
+  </si>
+  <si>
+    <t>LUIS ANGEL SOLORZANO RICRA</t>
+  </si>
+  <si>
+    <t>SHANERLY GIANELLA ALVAREZ ESPINOZA</t>
+  </si>
+  <si>
+    <t>ENRIQUE ARTURO ALVARADO PALACIOS</t>
+  </si>
+  <si>
+    <t>NOLY PALIAN PALIAN</t>
+  </si>
+  <si>
+    <t>EDILIANA CENTENO CABRERA</t>
+  </si>
+  <si>
+    <t>MONICA VENTURA CUNYAS</t>
+  </si>
+  <si>
+    <t>MIGUEL ANGEL CAJA BLANCAS</t>
+  </si>
+  <si>
+    <t>SHEYLA ESTEFANY SALOME VILCAHUAMAN</t>
+  </si>
+  <si>
+    <t>OLINDA SOLEDAD GONZALES CATAY</t>
+  </si>
+  <si>
+    <t>pagado</t>
+  </si>
+  <si>
+    <t>MILIAN PAYTAMPOMA DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>INTERNET 500MBPS</t>
+  </si>
+  <si>
+    <t>BLANCA LUZ JOAQUIN RIOS</t>
+  </si>
+  <si>
+    <t>JOSE ANTONIO GARCIA SEGUIL</t>
+  </si>
+  <si>
+    <t>GANDY CABRERA LAURA</t>
+  </si>
+  <si>
+    <t>ANGELA LOPEZ PEREZ</t>
+  </si>
+  <si>
+    <t>EDITH BETSY QUISPE CORDOVA</t>
+  </si>
+  <si>
+    <t>ALEJANDRA LEDESMA LOPEZ</t>
+  </si>
+  <si>
+    <t>ERIKA MARGOT PEREZ CABRERA</t>
+  </si>
+  <si>
+    <t>DIETER INZO HUARCAYA LABANDA</t>
+  </si>
+  <si>
+    <t>ALEXIS ROJAS ACERO</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS HUALLPA LEON</t>
+  </si>
+  <si>
+    <t>CLAUDIA PATRICIA MEDINA DEL CARPIO</t>
+  </si>
+  <si>
+    <t>ROSSANA ALFARO ARTICA</t>
+  </si>
+  <si>
+    <t>VETI CANO RAMOS</t>
+  </si>
+  <si>
+    <t>GLADYS ROSA YUCRA POMA</t>
+  </si>
+  <si>
+    <t>OSWALDO ALIAGA GARCIA</t>
+  </si>
+  <si>
+    <t>FRANK DANNY PALOMINO VERASTEGUI</t>
+  </si>
+  <si>
+    <t>COMUNIDAD CAMPESINA DE UÑAS</t>
+  </si>
+  <si>
+    <t>CARLOS ALBERTO ALIAGA RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>INTERNET 750MBPS</t>
+  </si>
+  <si>
+    <t>JAIME ALEX ROJAS GARCIA</t>
+  </si>
+  <si>
+    <t>CRISTINA RIVERA TAPIA</t>
+  </si>
+  <si>
+    <t>NATALI LIVED GUERRA VILCA</t>
+  </si>
+  <si>
     <t>YHENSON BORJA ALANYA</t>
   </si>
   <si>
-    <t>INTERNET 300MBPS</t>
-[...4 lines deleted...]
-  <si>
     <t>2026-01-01</t>
   </si>
   <si>
+    <t>NELIDA CLERY OSORES CASTRO</t>
+  </si>
+  <si>
+    <t>EVELYN JIMENEZ ESTRADA</t>
+  </si>
+  <si>
+    <t>YOLA LUCY SUAREZ CORDOVA</t>
+  </si>
+  <si>
+    <t>ROSA BERNARDINO PALOMINO</t>
+  </si>
+  <si>
+    <t>ISMAEL VENTURO ALFARO</t>
+  </si>
+  <si>
+    <t>LIDIA VENTURA BORJA</t>
+  </si>
+  <si>
+    <t>JHON CLENER TITO VENTURO</t>
+  </si>
+  <si>
+    <t>PAULINO CUNYAS GAMARRA</t>
+  </si>
+  <si>
+    <t>RUTH ASTRID MANRIQUE RAMOS</t>
+  </si>
+  <si>
+    <t>AKILES OCHOA PORRAS</t>
+  </si>
+  <si>
+    <t>ELIZABETH BEJARANO PALOMINO</t>
+  </si>
+  <si>
     <t>ERMINIO SALAZAR PALOMINO</t>
   </si>
   <si>
-    <t>DUO 300MBPS</t>
+    <t>LESLIE ROSA GARCIA SEGUIL</t>
+  </si>
+  <si>
+    <t>EMELY NOYM POVIS INGA</t>
+  </si>
+  <si>
+    <t>ANTONIETA EVA FELICES SALVA</t>
+  </si>
+  <si>
+    <t>FERNANDO DELKI DELGADILLO</t>
+  </si>
+  <si>
+    <t>CIRILO SEBASTIAN MANTARI HINOJOSA</t>
+  </si>
+  <si>
+    <t>CONSTANTINO JULIO BARJA MAITA</t>
+  </si>
+  <si>
+    <t>LISETH KAREN CORDOVA PALOMINO</t>
+  </si>
+  <si>
+    <t>YESENIA CASTILlO ROJAS</t>
+  </si>
+  <si>
+    <t>CARLOS FABRIZIO PACHECO MORENO</t>
+  </si>
+  <si>
+    <t>ESTEFANY MILAGROS CORDOVA ROJAS</t>
+  </si>
+  <si>
+    <t>PRIMITIVA REYES DIEGO</t>
+  </si>
+  <si>
+    <t>MIRIAM IRENE PAUCAR SEGUIL</t>
+  </si>
+  <si>
+    <t>GRACIELA GAMARRA SOTOMAYOR</t>
+  </si>
+  <si>
+    <t>EMERSON EFRAIN CARHUARICRA HERRASABAL</t>
+  </si>
+  <si>
+    <t>ZORAIDA VENTURA BORJA</t>
+  </si>
+  <si>
+    <t>JAVIER ELVIS DE LA CRUZ OJEDA</t>
+  </si>
+  <si>
+    <t>OSCAR EVER SUAREZ SAGARVINAGA</t>
+  </si>
+  <si>
+    <t>LUZ MIRELLA PAUCAR SEGUIL</t>
+  </si>
+  <si>
+    <t>ZANDRO ERICK LIVIA PALACIOS</t>
+  </si>
+  <si>
+    <t>TEODORO RIVEROS VELIZ</t>
+  </si>
+  <si>
+    <t>LORENA ROMMY FLORES ROMERO</t>
+  </si>
+  <si>
+    <t>MOLY LUPE HUAMAN YURIVILCA</t>
+  </si>
+  <si>
+    <t>JALHEEL JOHAN LLACUA LOPEZ</t>
+  </si>
+  <si>
+    <t>EMIL KENYI MELCHOR QUISPE</t>
+  </si>
+  <si>
+    <t>WALTER SOTOMAYOR GAMARRA</t>
+  </si>
+  <si>
+    <t>CABLE 2TVS</t>
+  </si>
+  <si>
+    <t>JORGE ANTONY FRANK MEZA MEZA</t>
+  </si>
+  <si>
+    <t>CLEBER ROBERT AMBROSIO BERNARDINO</t>
+  </si>
+  <si>
+    <t>SONIA ROMERO SULLCA</t>
+  </si>
+  <si>
+    <t>MANUEL VICTOR ROMAN VILCAPOMA</t>
+  </si>
+  <si>
+    <t>MARITZA CABRERA CHIHUAN</t>
+  </si>
+  <si>
+    <t>ROCY OLGA BORJA MERCADO</t>
+  </si>
+  <si>
+    <t>LEYRI LAURA OCHARIMA ROJAS</t>
+  </si>
+  <si>
+    <t>JUNTA ADMINISTRADORA DE SERVICIOS DE SANEAMIENTO DE PALIAN</t>
+  </si>
+  <si>
+    <t>MARLON PAUL GONZALES DAGA</t>
+  </si>
+  <si>
+    <t>NELIDA JUSTINA VENTURA OCHOA</t>
+  </si>
+  <si>
+    <t>HIPOLITO JOSE LEON GARCIA</t>
+  </si>
+  <si>
+    <t>RICARDO NIKOLAI GUERRA SANTOS</t>
+  </si>
+  <si>
+    <t>VICTOR CELSO PERALES ALFARO</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>ALMINDA ALANYA MARQUINA</t>
+  </si>
+  <si>
+    <t>MARIA ELENA LIJARZA LAZO</t>
+  </si>
+  <si>
+    <t>RONAL VELI BRAVO</t>
+  </si>
+  <si>
+    <t>ABELARDO CESAR ORE POMA</t>
+  </si>
+  <si>
+    <t>WILDER WILMAR NUÑEZ POMA</t>
+  </si>
+  <si>
+    <t>NORMA CANCHUMANI SALOME</t>
+  </si>
+  <si>
+    <t>DENESSI SEDANO CANCHANYA</t>
+  </si>
+  <si>
+    <t>INTERNET 100MBPS</t>
+  </si>
+  <si>
+    <t>VICTORIA RAMOS BORJA</t>
+  </si>
+  <si>
+    <t>ANDY ALEXIS GOMEZ ESPINOZA</t>
+  </si>
+  <si>
+    <t>PERCY ALBERTO PALOMINO PIZARRO</t>
+  </si>
+  <si>
+    <t>VANEZA RUIZ FERNANDEZ</t>
+  </si>
+  <si>
+    <t>LUIS ALDO RODRIGUEZ MONROY</t>
+  </si>
+  <si>
+    <t>2026-05-01</t>
+  </si>
+  <si>
+    <t>JENNY ESTHER ROJAS GALINDO</t>
+  </si>
+  <si>
+    <t>MAXIMO VIRGILIO GUERRA JOAQUIN</t>
+  </si>
+  <si>
+    <t>AQUILINA CRISTINA RIOS CHUQUILLANQUI</t>
+  </si>
+  <si>
+    <t>GRUPO SERQ S.A.C</t>
+  </si>
+  <si>
+    <t>ZICO CASELI MUÑOZ LOPEZ</t>
+  </si>
+  <si>
+    <t>EMERSON MAYTA GAMARRA</t>
+  </si>
+  <si>
+    <t>GLORIA TEOFILA RAMON ALMONACID</t>
+  </si>
+  <si>
+    <t>JULIA TERESA ALFARO GUTARRA</t>
+  </si>
+  <si>
+    <t>YORDI YOMERSON VELI BRAVO</t>
+  </si>
+  <si>
+    <t>SILVANO HUAMAN PEREZ</t>
+  </si>
+  <si>
+    <t>TAMIKO CARMEN NAKATA OCHOA</t>
+  </si>
+  <si>
+    <t>DARLENE SHAROL TORRES INCHE</t>
+  </si>
+  <si>
+    <t>ALBERTO BORJA VELA</t>
+  </si>
+  <si>
+    <t>ZARAY MARYBEL BLANCAS SANTIAGO</t>
+  </si>
+  <si>
+    <t>SILOE CURO CARRASCO</t>
+  </si>
+  <si>
+    <t>NICANOR LEONCIO RAMOS CUNYAS</t>
+  </si>
+  <si>
+    <t>ESTHER LUZ DE LA CRUZ ACEVEDO</t>
+  </si>
+  <si>
+    <t>JUAN ROGER MATAMOROS YANCE</t>
+  </si>
+  <si>
+    <t>FAIFER ALANYA ALMONACID</t>
+  </si>
+  <si>
+    <t>JUNIOR WILLIAMS RAMOS ROMERO</t>
+  </si>
+  <si>
+    <t>ELI ERIK ROJAS GARCIA</t>
+  </si>
+  <si>
+    <t>ELENA VENTURA GARCIA</t>
+  </si>
+  <si>
+    <t>JUAN DAMASO SALVADOR CAPCHA</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS GUILLEN POMA</t>
+  </si>
+  <si>
+    <t>WALTER HUAMAN CUNYAS</t>
+  </si>
+  <si>
+    <t>ERIKA AMABELIA AVILA VENTURA</t>
+  </si>
+  <si>
+    <t>TATIANA KATERINE JAUREGUI SULCA</t>
+  </si>
+  <si>
+    <t>CRISTIAN WILBER PALACIOS SANTOS</t>
+  </si>
+  <si>
+    <t>CARLOS ALEXANDER  ATENCIO SALAS</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>ROLANDO EDY POMA SANABRIA</t>
+  </si>
+  <si>
+    <t>DUO 750MBPS</t>
+  </si>
+  <si>
+    <t>2026-03-08</t>
+  </si>
+  <si>
+    <t>HEIDI SARAIT OCHARIMA ROJAS</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>JOSE HUAMAN QUISPE</t>
+  </si>
+  <si>
+    <t>HERMINIA CARDENAS YAURIS</t>
+  </si>
+  <si>
+    <t>LESLIE MEDALY CIPRIANO FERNANDEZ</t>
+  </si>
+  <si>
+    <t>GINA CLAUDIA VILLAVERDE HUAMAN</t>
+  </si>
+  <si>
+    <t>YANELA JOHANA MEDINA LAZO</t>
+  </si>
+  <si>
+    <t>LITMAN MARLO YAURI PEREZ</t>
+  </si>
+  <si>
+    <t>MELIZA GABRIELA TACSA UBALDO</t>
+  </si>
+  <si>
+    <t>PAUL PALOMINO POMA</t>
+  </si>
+  <si>
+    <t>DUO 100MBPS</t>
+  </si>
+  <si>
+    <t>JULIA VICTORIA ALANYA HUALPA</t>
+  </si>
+  <si>
+    <t>PAMELA OSORES CASTRO</t>
+  </si>
+  <si>
+    <t>HUGO CALDERON MERCADO</t>
+  </si>
+  <si>
+    <t>CESAR DAVID TOVAR MEDINA</t>
+  </si>
+  <si>
+    <t>ELVIS PRESLEY ESPINOZA CIERTO</t>
+  </si>
+  <si>
+    <t>JENIFFER ESTHEFANY SOLIS HUAMAN</t>
+  </si>
+  <si>
+    <t>MORELIA YAHAIRA ROJAS MATIAS</t>
+  </si>
+  <si>
+    <t>MAUDELIA VARGAS SAYAS</t>
+  </si>
+  <si>
+    <t>CLINTON ENRIQUEZ VASQUEZ</t>
+  </si>
+  <si>
+    <t>JESUS RAUL MEZA ESPINOZA</t>
+  </si>
+  <si>
+    <t>ALDAIR FREDY GARCIA MARMOLEJO</t>
+  </si>
+  <si>
+    <t>FATIMA IVONE OCHARIMA LAVADO</t>
+  </si>
+  <si>
+    <t>ALEX JERSON HUINCHO UCHARIMA</t>
+  </si>
+  <si>
+    <t>CONTRATISTA ANDINA GROUP EIRL</t>
+  </si>
+  <si>
+    <t>VALENTIN TEODOSIO AGUIRRE HERRERA</t>
+  </si>
+  <si>
+    <t>GUISSELA ANAIS BORJA GUERRA</t>
+  </si>
+  <si>
+    <t>OBER ABEL RIVERA GUERRA</t>
+  </si>
+  <si>
+    <t>RICHARD ANTONY ALLCA CRUZ</t>
+  </si>
+  <si>
+    <t>JUAN CARLOS ALIAGA COLONIO</t>
+  </si>
+  <si>
+    <t>JHON FRANK RIOS HURTADO</t>
+  </si>
+  <si>
+    <t>RODOLFO EDMUNDO AQUINO ALANYA</t>
+  </si>
+  <si>
+    <t>MARUJA AZUCENA CHAVEZ ROJAS DE RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>CARMEN ROSA PEREZ CENTENO</t>
+  </si>
+  <si>
+    <t>JYELMAR JAVIER PARIONA MENDOZA</t>
+  </si>
+  <si>
+    <t>VIRGINIA ESCOBAR DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>MAURICIO JHONATAN ALFARO CANTURIN</t>
+  </si>
+  <si>
+    <t>JOEL GUILLERMO RAMOS CHAVEZ</t>
+  </si>
+  <si>
+    <t>ESTELA REINA GAMARRA GUERRA</t>
+  </si>
+  <si>
+    <t>LOURDES MARIA CABEZAS POMA</t>
+  </si>
+  <si>
+    <t>LEONOR DIANA GARCIA VILA</t>
+  </si>
+  <si>
+    <t>CARLOS CUNYAS PEREZ</t>
+  </si>
+  <si>
+    <t>ROBERTO ADRIAN BERNARDINO HINOJOSA</t>
+  </si>
+  <si>
+    <t>FREDDY KOZEL DE LA CRUZ LAURA</t>
+  </si>
+  <si>
+    <t>HUMBERTO LUIS ALLCA LEON</t>
+  </si>
+  <si>
+    <t>SONIA ISABEL CAHUANA VELASQUEZ</t>
+  </si>
+  <si>
+    <t>DUO 130MBPS</t>
+  </si>
+  <si>
+    <t>ROGELIO CASTRO BRUCIL</t>
+  </si>
+  <si>
+    <t>OSWALDO FAVIO GASPAR AQUINO</t>
+  </si>
+  <si>
+    <t>RITA GOMEZ ARROYO DE QUISPE</t>
+  </si>
+  <si>
+    <t>LIZET ROCIO ROJAS CUNYAS</t>
+  </si>
+  <si>
+    <t>WILLIAM PALOMINO PUENTE</t>
+  </si>
+  <si>
+    <t>INTERNET 130MBPS</t>
+  </si>
+  <si>
+    <t>MARISELA BORJA JUVENAL DE AVILA</t>
+  </si>
+  <si>
+    <t>RIGOBERTO ZEVALLOS ALDANA</t>
+  </si>
+  <si>
+    <t>KEVYN ALDAIR BORJA HUAMANLAZO</t>
+  </si>
+  <si>
+    <t>SEBASTIAN ROJAS VELASQUEZ</t>
+  </si>
+  <si>
+    <t>JAQUELINE PAUCAR RAMOS</t>
+  </si>
+  <si>
+    <t>ROLANDO FILOMENO VELIZ SALOME</t>
+  </si>
+  <si>
+    <t>GRIMALDO BASURTO SANABRIA</t>
+  </si>
+  <si>
+    <t>SANDY MORELIA INGA GOMEZ</t>
+  </si>
+  <si>
+    <t>ROSANA NANCY RIOS BERRIOS DE MAYTA</t>
+  </si>
+  <si>
+    <t>ANA LUZ QUISPE SANTOS</t>
+  </si>
+  <si>
+    <t>SHIRLEY STEFANY MEDINA MONTERO</t>
+  </si>
+  <si>
+    <t>JERRY ÑAHUI SALVATIERRA</t>
+  </si>
+  <si>
+    <t>ALFONSO RAMON NUÑEZ HUALPA</t>
+  </si>
+  <si>
+    <t>ZONIA CHAVEZ GUTARRA</t>
+  </si>
+  <si>
+    <t>DELTA SONIA  LEON GARCIA</t>
+  </si>
+  <si>
+    <t>IVETTE KIARA AYALA CABRERA</t>
+  </si>
+  <si>
+    <t>IDA HILDA POMA POMALAZA</t>
+  </si>
+  <si>
+    <t>AYDA VILCHEZ VARGAS</t>
+  </si>
+  <si>
+    <t>ROLANDO RUBEN HERRERA PEREZ</t>
+  </si>
+  <si>
+    <t>MIGUEL ANGEL PAUCAR HUAMANLAZO</t>
+  </si>
+  <si>
+    <t>ROCIO LIZ PALOMINO BERRIOS</t>
+  </si>
+  <si>
+    <t>YON KLENTON ANDAMAYO EGOAVIL</t>
+  </si>
+  <si>
+    <t>VICTOR HUGO TINOCO CORDOVA</t>
+  </si>
+  <si>
+    <t>LUZ ESPERANZA CAMARENA CARLOS</t>
+  </si>
+  <si>
+    <t>JULIO FREDY TOCAS SAMANIEGO</t>
+  </si>
+  <si>
+    <t>MARITZA LUCY OSORES SANABRIA</t>
+  </si>
+  <si>
+    <t>NICOLETTE ARIANA FITTER ALFONSO</t>
+  </si>
+  <si>
+    <t>ELIZABETH AVILA VILCHEZ</t>
+  </si>
+  <si>
+    <t>JONATAN DAVID INGA GOMEZ</t>
+  </si>
+  <si>
+    <t>AMADEO GASPAR GARCIA</t>
+  </si>
+  <si>
+    <t>CHINA GEZHOUBA GROUP COMPANY LIMITED SUCURSAL PERU</t>
+  </si>
+  <si>
+    <t>INTERNET DEDICADO 300 MBPS</t>
+  </si>
+  <si>
+    <t>JORGE RAUL BORJA GOMEZ</t>
+  </si>
+  <si>
+    <t>ALICIA BARJA JOAQUIN</t>
+  </si>
+  <si>
+    <t>MIZAEL CARLOS CCAHUANA VELASQUEZ</t>
+  </si>
+  <si>
+    <t>JANET PALOMINO HUAMAN</t>
+  </si>
+  <si>
+    <t>MAIKER JAMIL ARTICA GARCIA</t>
+  </si>
+  <si>
+    <t>ANGEL ALFREDO LAURA ASCONA</t>
+  </si>
+  <si>
+    <t>DAYANA ANHELI MATOS QUINTANA</t>
+  </si>
+  <si>
+    <t>EDGAR HUGO PALOMINO BERRIOS</t>
+  </si>
+  <si>
+    <t>AMELIA NAVARRO ENRIQUEZ</t>
+  </si>
+  <si>
+    <t>MELINA MARLENE AQUINO OSORES</t>
+  </si>
+  <si>
+    <t>LIDIA TORPOCO DE MEZA</t>
+  </si>
+  <si>
+    <t>INTERNET DEDICADO 200MBPS</t>
+  </si>
+  <si>
+    <t>SANYEM E.I.R.L.</t>
+  </si>
+  <si>
+    <t>LORENA HEYDI GARCIA PALACIOS</t>
+  </si>
+  <si>
+    <t>YAKERINY MARITZA ARAUCO ALFARO</t>
+  </si>
+  <si>
+    <t>ALEXANDER PIERO  GUERRERO CARHUAMACA</t>
+  </si>
+  <si>
+    <t>ELIZABETH TAIPE POMA</t>
+  </si>
+  <si>
+    <t>GRACIELA RAMOS CASTRO</t>
+  </si>
+  <si>
+    <t>LUIS FERNANDO LOPEZ DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>MAYLIN PAITAMPOMA HUAMANLAZO</t>
+  </si>
+  <si>
+    <t>NANCY VICTORIA HUAMAN QUISPE</t>
+  </si>
+  <si>
+    <t>BRITTA FLOREZ PEREZ</t>
+  </si>
+  <si>
+    <t>AQUILINO FERNANDO RIVAS CHIHUAN</t>
+  </si>
+  <si>
+    <t>VILMA IDE INGA VASQUEZ</t>
+  </si>
+  <si>
+    <t>EVER LUIS OCHARIMA DEUDOR</t>
+  </si>
+  <si>
+    <t>MARIBEL TAIPE HUAMAN</t>
+  </si>
+  <si>
+    <t>JESUS ROBERTO GUTIERREZ CANGAHUALA</t>
+  </si>
+  <si>
+    <t>VIDA EN CRISTO SD</t>
+  </si>
+  <si>
+    <t>MARIORI PATRICIA CHINCHAY CIPRIANO</t>
+  </si>
+  <si>
+    <t>HILDA YRAIDA BERNARDINO LAVANDO</t>
+  </si>
+  <si>
+    <t>JEAN DARWIN HUAMAN RIVERA</t>
+  </si>
+  <si>
+    <t>MARISOL YOVANNA COLONIO CAMARGO</t>
+  </si>
+  <si>
+    <t>WILSON ALEX MEDINA QUISPE</t>
+  </si>
+  <si>
+    <t>ROSMERY VILCAPOMA GARCIA</t>
+  </si>
+  <si>
+    <t>CARLOS BORJA ACEVEDO</t>
+  </si>
+  <si>
+    <t>DUO 1000MBPS</t>
+  </si>
+  <si>
+    <t>KENYI BALTAZAR HUAMAN</t>
+  </si>
+  <si>
+    <t>EDHER ARTURO GARCIA CHUPAN</t>
+  </si>
+  <si>
+    <t>EDWER ALDO POMA CANCHUMUNI</t>
+  </si>
+  <si>
+    <t>NAIDA PILAR BORJA GAMARRA</t>
+  </si>
+  <si>
+    <t>OBDALIA MERCEDES ROMERO RAMOS</t>
+  </si>
+  <si>
+    <t>JULISSA ROSY BARJA RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>ISAIAS POMA CHUQUILLANQUI</t>
+  </si>
+  <si>
+    <t>CATALINA BEATRIZ ALANYA HUALPA</t>
+  </si>
+  <si>
+    <t>PAOLA XIOMARA DAVILA BERNARDINO</t>
+  </si>
+  <si>
+    <t>ROLANDO ORTEGA GASPAR</t>
+  </si>
+  <si>
+    <t>ANTONIA PAULINA RAMOS BOZA DE MAYHUA</t>
+  </si>
+  <si>
+    <t>MARLENY NORMA PALOMINO JOAQUIN</t>
+  </si>
+  <si>
+    <t>CAYO PERCY INGA SANABRIA</t>
+  </si>
+  <si>
+    <t>NAHEL RUBEN BRAVO CAMARENA</t>
+  </si>
+  <si>
+    <t>PRIMITIVO GAMBOA BARRIENTOS</t>
+  </si>
+  <si>
+    <t>KENNY SAMUEL BORJA CORDOVA</t>
+  </si>
+  <si>
+    <t>SANDRA SOLEDAD POMA CASTRO</t>
+  </si>
+  <si>
+    <t>LIZ HUARINGA SULLCA</t>
+  </si>
+  <si>
+    <t>DANNY CRISTIAN PARIONA SINCHE</t>
+  </si>
+  <si>
+    <t>MILAGROS FLORES PEREZ</t>
+  </si>
+  <si>
+    <t>CHUC AMERICO BARBARON CHUCHON</t>
+  </si>
+  <si>
+    <t>AQUACENTRO PERU S.A.C.</t>
+  </si>
+  <si>
+    <t>NUEVA JERUSALEN 527 - NJ 527</t>
+  </si>
+  <si>
+    <t>JUNTA ADMINISTRADORA DE SERVICIOS DE SANEAMIENTO CULLPA ALTA</t>
+  </si>
+  <si>
+    <t>YULER ROSMELL OCHAVAY AVILES</t>
+  </si>
+  <si>
+    <t>ELSA TITO CANTURIN</t>
+  </si>
+  <si>
+    <t>SARA LIZ NIETO LIMAYLLA</t>
+  </si>
+  <si>
+    <t>JULIAN DE LA CRUZ ESTRADA</t>
+  </si>
+  <si>
+    <t>2026-03-28</t>
+  </si>
+  <si>
+    <t>ROSA NOEMI YAURI ALIAGA</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>RENZO ALVARO IGNACIO CAMARGO</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>MARIELLA LUNA FLORES</t>
+  </si>
+  <si>
+    <t>TANIA VANESSA HUALPA TITO DE SOTOMAYOR</t>
+  </si>
+  <si>
+    <t>PAUL EDER PERALES LAURENTE</t>
+  </si>
+  <si>
+    <t>ENRIQUE JACOBI PEREZ</t>
+  </si>
+  <si>
+    <t>CABLE 3TVS</t>
+  </si>
+  <si>
+    <t>GLORIA DEMETRIA POMA ZANABRIA DE MENDOZA</t>
+  </si>
+  <si>
+    <t>YULIANA HUAMAN HUALPA</t>
+  </si>
+  <si>
+    <t>FRANKLIN SERAPIO GUERRA CABRERA</t>
+  </si>
+  <si>
+    <t>ANA ROSA CARDENAS MORIANO</t>
+  </si>
+  <si>
+    <t>JORDI LENIN LEAÑO BARRA</t>
+  </si>
+  <si>
+    <t>ELADIO JESUS MAGARIÑO FLORES</t>
+  </si>
+  <si>
+    <t>IVAN BORJA BARJA</t>
+  </si>
+  <si>
+    <t>MAGNO ROMANI VIVANCO</t>
+  </si>
+  <si>
+    <t>JENNY AYDEE DE LA CRUZ  PONCE</t>
+  </si>
+  <si>
+    <t>HECTOR ALFREDO BLANCAS SANTIAGO</t>
+  </si>
+  <si>
+    <t>CASILDA TITO ORE</t>
+  </si>
+  <si>
+    <t>FREDY PEREZ MELCHOR</t>
+  </si>
+  <si>
+    <t>JOSELYN DANITZA RIVAS CONTRERAS</t>
+  </si>
+  <si>
+    <t>JAVIER BORJA CHIHUAN</t>
+  </si>
+  <si>
+    <t>TRACY ALLISON ROJAS LEDESMA</t>
+  </si>
+  <si>
+    <t>PAOLA YUMICO ALFARO DE LA CRUZ</t>
+  </si>
+  <si>
+    <t>ELVIS GOMEZ BARBARON</t>
+  </si>
+  <si>
+    <t>ANIBAL RAFAEL NUÑEZ ALFARO</t>
+  </si>
+  <si>
+    <t>INTERNET 160MBPS</t>
   </si>
   <si>
     <t>2026-01-15</t>
   </si>
   <si>
-    <t>LESLIE ROSA GARCIA SEGUIL</t>
-[...887 lines deleted...]
-    <t>2026-01-18</t>
+    <t>MAURICIO ANDERSON ALFARO CANTURIN</t>
+  </si>
+  <si>
+    <t>EDITH VANESSA CAMAC PAREJAS</t>
+  </si>
+  <si>
+    <t>ZARAI  KELY BEJARANO  BERROCAL</t>
+  </si>
+  <si>
+    <t>YOVANA CHIHUAN VENTURA</t>
+  </si>
+  <si>
+    <t>DORIS YUDY VENTURA BARTOLO</t>
+  </si>
+  <si>
+    <t>MICHAEL WILLIAM CARHUALLANQUI VELASQUEZ</t>
   </si>
   <si>
     <t>JULY MERCEDES DE LA CRUZ ARIAS</t>
   </si>
   <si>
-    <t>FRANK DANNY PALOMINO VERASTEGUI</t>
+    <t>ROCIO AMPARO POMA SALVADOR</t>
+  </si>
+  <si>
+    <t>ROBERTO DAVID BRAVO HUARINGA</t>
+  </si>
+  <si>
+    <t>JHORDAN DAVIRAN PARIONA</t>
+  </si>
+  <si>
+    <t>GABRIELA VENTURO ALFARO</t>
+  </si>
+  <si>
+    <t>PAULINA ANTONIA ESPINOZA ALHUA</t>
+  </si>
+  <si>
+    <t>ELMER CORNELIO RIOS ARZAPALO</t>
+  </si>
+  <si>
+    <t>JOEL LUIS INGA GUTIERREZ</t>
+  </si>
+  <si>
+    <t>DERID INGENIERIA Y CONSTRUCCION SAC</t>
+  </si>
+  <si>
+    <t>OLGA ECHPAS SANABRIA</t>
+  </si>
+  <si>
+    <t>ESAU JIMY SEDANO SAMANIEGO (COD:272)</t>
+  </si>
+  <si>
+    <t>LUZ PILAR CAMARENA CARLOS</t>
+  </si>
+  <si>
+    <t>CALEB INGA GUTIERREZ</t>
+  </si>
+  <si>
+    <t>INTERNET 200MBPS</t>
+  </si>
+  <si>
+    <t>JESUS ALFREDO VALDIVIA QUISPE</t>
+  </si>
+  <si>
+    <t>GRECIA GIMENA BLANCAS SANTIAGO</t>
+  </si>
+  <si>
+    <t>NOEMI AQUILINA CUNYAS VILCAPOMA</t>
+  </si>
+  <si>
+    <t>TERESA PALOMINO VDA. DE BEJARANO</t>
+  </si>
+  <si>
+    <t>VICENTE GUTIERREZ LUCAS</t>
+  </si>
+  <si>
+    <t>PABLO MANUEL SANTA CRUZ QUINTO</t>
+  </si>
+  <si>
+    <t>MULTISERVICIOS CALEP S.R.L</t>
+  </si>
+  <si>
+    <t>PATSY CHABELI POMA DAVID</t>
+  </si>
+  <si>
+    <t>ROY RIVER BORJA TITO</t>
+  </si>
+  <si>
+    <t>GIANPIERE STIF GAMARRA LECCA</t>
   </si>
   <si>
     <t>LUIS LAZO ALFARO</t>
   </si>
   <si>
-    <t>FREDY PEREZ MELCHOR</t>
+    <t>ROXSSANA YESENIA ALFARO CANTURIN</t>
+  </si>
+  <si>
+    <t>CHRISTIAN MAGARIÑO FLORES</t>
+  </si>
+  <si>
+    <t>EIDI VIVIAN SALOME VILCAHUAMAN</t>
   </si>
   <si>
     <t>KRIS ANITA VENTURA BERROCAL</t>
   </si>
   <si>
-    <t>JOSELYN DANITZA RIVAS CONTRERAS</t>
-[...2 lines deleted...]
-    <t>MARIELLA LUNA FLORES</t>
+    <t>REBECA GOMEZ BARBARON</t>
+  </si>
+  <si>
+    <t>HILDA LANASCA PALOMINO</t>
   </si>
   <si>
     <t>LOURDES LUIDA GARCIA ALCEDO</t>
   </si>
   <si>
-    <t>TERESA PALOMINO VDA. DE BEJARANO</t>
-[...11 lines deleted...]
-    <t>2025-07-15</t>
+    <t>YULI DORA LAZO ALFARO</t>
+  </si>
+  <si>
+    <t>SONIA DIANA PATIÑO FLORES</t>
   </si>
   <si>
     <t>VICTOR CANCHUMANI SALOME</t>
   </si>
   <si>
-    <t>ROY RIVER BORJA TITO</t>
-[...20 lines deleted...]
-    <t>JORDI LENIN LEAÑO BARRA</t>
+    <t>YULY VELIZ MENDOZA</t>
   </si>
   <si>
     <t>LIZ EDITH BORJA BARJA</t>
   </si>
   <si>
     <t>MULTISERVICIOS SASA S.R.L</t>
   </si>
   <si>
-    <t>REBECA GOMEZ BARBARON</t>
-[...100 lines deleted...]
-  <si>
     <t>NELSON VENTURO DE LA CRUZ</t>
   </si>
   <si>
-    <t>MULTISERVICIOS CALEP S.R.L</t>
-[...64 lines deleted...]
-  <si>
     <t>EDGAR DIDIER QUINTO MENDOZA</t>
   </si>
   <si>
-    <t>2026-01-11</t>
+    <t>2026-03-11</t>
   </si>
   <si>
     <t>EDWIN HUGO CUNYAS BORJA</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-07-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1579,8073 +1558,8257 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H348"/>
+  <dimension ref="A1:H356"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F348" sqref="F348"/>
+      <selection activeCell="F356" sqref="F356"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>396</v>
+        <v>451</v>
       </c>
       <c r="B2">
-        <v>43611884</v>
+        <v>46977351</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="2">
         <v>50.0</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>395</v>
+        <v>453</v>
       </c>
       <c r="B3">
-        <v>46180392</v>
+        <v>20061781</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F3" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G3" t="s">
         <v>10</v>
       </c>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>391</v>
+        <v>444</v>
       </c>
       <c r="B4">
-        <v>75047330</v>
+        <v>47511745</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="2">
         <v>50.0</v>
       </c>
       <c r="G4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>392</v>
+        <v>446</v>
       </c>
       <c r="B5">
-        <v>73130450</v>
+        <v>19854916</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2">
         <v>50.0</v>
       </c>
       <c r="G5" t="s">
         <v>10</v>
       </c>
       <c r="H5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>393</v>
+        <v>447</v>
       </c>
       <c r="B6">
-        <v>73357785</v>
+        <v>19841310</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F6" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G6" t="s">
         <v>10</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>386</v>
+        <v>452</v>
       </c>
       <c r="B7">
-        <v>7872810</v>
+        <v>42629567</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2">
         <v>50.0</v>
       </c>
       <c r="G7" t="s">
         <v>10</v>
       </c>
       <c r="H7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>387</v>
+        <v>445</v>
       </c>
       <c r="B8">
-        <v>77039486</v>
+        <v>48725724</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F8" s="2">
         <v>50.0</v>
       </c>
       <c r="G8" t="s">
         <v>10</v>
       </c>
       <c r="H8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>388</v>
+        <v>448</v>
       </c>
       <c r="B9">
-        <v>20069896</v>
+        <v>41231965</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F9" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>390</v>
+        <v>449</v>
       </c>
       <c r="B10">
-        <v>43679500</v>
+        <v>75740841</v>
       </c>
       <c r="C10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2">
+        <v>50.0</v>
+      </c>
+      <c r="G10" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>384</v>
+        <v>437</v>
       </c>
       <c r="B11">
-        <v>41506011</v>
+        <v>75972065</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F11" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G11" t="s">
         <v>10</v>
       </c>
       <c r="H11" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>389</v>
+        <v>438</v>
       </c>
       <c r="B12">
-        <v>72564113</v>
+        <v>75051354</v>
       </c>
       <c r="C12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
         <v>27</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="2">
-        <v>70.0</v>
+        <v>105.0</v>
       </c>
       <c r="G12" t="s">
         <v>10</v>
       </c>
       <c r="H12" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>382</v>
+        <v>433</v>
       </c>
       <c r="B13">
-        <v>19858723</v>
+        <v>45470616</v>
       </c>
       <c r="C13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="2">
+        <v>50.0</v>
+      </c>
+      <c r="G13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H13" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>383</v>
+        <v>419</v>
       </c>
       <c r="B14">
-        <v>4734268</v>
+        <v>75520005</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F14" s="2">
-        <v>80.0</v>
+        <v>50.0</v>
       </c>
       <c r="G14" t="s">
         <v>10</v>
       </c>
       <c r="H14" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>385</v>
+        <v>435</v>
       </c>
       <c r="B15">
-        <v>45262940</v>
+        <v>70302171</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F15" s="2">
-        <v>70.0</v>
+        <v>105.0</v>
       </c>
       <c r="G15" t="s">
         <v>10</v>
       </c>
       <c r="H15" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>376</v>
+        <v>436</v>
       </c>
       <c r="B16">
-        <v>47333711</v>
+        <v>42702028</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="2">
         <v>50.0</v>
       </c>
       <c r="G16" t="s">
         <v>10</v>
       </c>
       <c r="H16" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>380</v>
+        <v>439</v>
       </c>
       <c r="B17">
-        <v>47291352</v>
+        <v>73055749</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F17" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G17" t="s">
         <v>10</v>
       </c>
       <c r="H17" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>381</v>
+        <v>440</v>
       </c>
       <c r="B18">
-        <v>74159557</v>
+        <v>47111736</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F18" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G18" t="s">
         <v>10</v>
       </c>
       <c r="H18" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>377</v>
+        <v>441</v>
       </c>
       <c r="B19">
-        <v>42394241</v>
+        <v>74414056</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F19" s="2">
         <v>50.0</v>
       </c>
       <c r="G19" t="s">
         <v>10</v>
       </c>
       <c r="H19" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>442</v>
+      </c>
+      <c r="B20">
+        <v>44883876</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F20" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G20" t="s">
         <v>10</v>
       </c>
       <c r="H20" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>372</v>
+        <v>443</v>
       </c>
       <c r="B21">
-        <v>73995913</v>
+        <v>20054906</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2">
         <v>50.0</v>
       </c>
       <c r="G21" t="s">
         <v>10</v>
       </c>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>374</v>
+        <v>431</v>
       </c>
       <c r="B22">
-        <v>44182626</v>
+        <v>41485297</v>
       </c>
       <c r="C22" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E22" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F22" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G22" t="s">
         <v>10</v>
       </c>
       <c r="H22" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>375</v>
+        <v>432</v>
       </c>
       <c r="B23">
-        <v>47315606</v>
+        <v>48495650</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F23" s="2">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
       <c r="G23" t="s">
         <v>10</v>
       </c>
       <c r="H23" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>379</v>
+        <v>401</v>
       </c>
       <c r="B24">
-        <v>40945639</v>
+        <v>47415885</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2">
         <v>50.0</v>
       </c>
       <c r="G24" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H24" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>368</v>
+        <v>418</v>
       </c>
       <c r="B25">
-        <v>73942554</v>
+        <v>48702472</v>
       </c>
       <c r="C25" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F25" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G25" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H25" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>371</v>
+        <v>434</v>
       </c>
       <c r="B26">
-        <v>40225974</v>
+        <v>4385656</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E26" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F26" s="2">
-        <v>95.0</v>
+        <v>70.0</v>
       </c>
       <c r="G26" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H26" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>373</v>
+        <v>420</v>
       </c>
       <c r="B27">
-        <v>73174237</v>
+        <v>75047329</v>
       </c>
       <c r="C27" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2">
         <v>50.0</v>
       </c>
       <c r="G27" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H27" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>364</v>
+        <v>421</v>
       </c>
       <c r="B28">
-        <v>41259762</v>
+        <v>42149429</v>
       </c>
       <c r="C28" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E28" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F28" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G28" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H28" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>365</v>
+        <v>406</v>
       </c>
       <c r="B29">
-        <v>74035643</v>
+        <v>71315858</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2">
         <v>50.0</v>
       </c>
       <c r="G29" t="s">
         <v>10</v>
       </c>
       <c r="H29" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>367</v>
+        <v>422</v>
       </c>
       <c r="B30">
-        <v>75802614</v>
+        <v>42538553</v>
       </c>
       <c r="C30" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2">
         <v>50.0</v>
       </c>
       <c r="G30" t="s">
         <v>10</v>
       </c>
       <c r="H30" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>369</v>
+        <v>423</v>
       </c>
       <c r="B31">
-        <v>44766386</v>
+        <v>21251395</v>
       </c>
       <c r="C31" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E31" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F31" s="2">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="G31" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>370</v>
+        <v>410</v>
       </c>
       <c r="B32">
-        <v>70613547</v>
+        <v>44587884</v>
       </c>
       <c r="C32" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E32" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F32" s="2">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
       <c r="G32" t="s">
         <v>10</v>
       </c>
       <c r="H32" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>361</v>
+        <v>426</v>
       </c>
       <c r="B33">
-        <v>48505270</v>
+        <v>71556743</v>
       </c>
       <c r="C33" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E33" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F33" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G33" t="s">
         <v>10</v>
       </c>
       <c r="H33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>362</v>
+        <v>412</v>
       </c>
       <c r="B34">
-        <v>44305339</v>
+        <v>74474160</v>
       </c>
       <c r="C34" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E34" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F34" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G34" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>363</v>
+        <v>417</v>
       </c>
       <c r="B35">
-        <v>61012165</v>
+        <v>44141248</v>
       </c>
       <c r="C35" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E35" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F35" s="2">
-        <v>70.0</v>
+        <v>80.0</v>
       </c>
       <c r="G35" t="s">
         <v>10</v>
       </c>
       <c r="H35" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="B36">
-        <v>74060906</v>
+        <v>74563049</v>
       </c>
       <c r="C36" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E36" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F36" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G36" t="s">
         <v>10</v>
       </c>
       <c r="H36" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>351</v>
+        <v>403</v>
       </c>
       <c r="B37">
-        <v>46071343</v>
+        <v>45380685</v>
       </c>
       <c r="C37" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E37" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F37" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G37" t="s">
         <v>10</v>
       </c>
       <c r="H37" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>352</v>
+        <v>404</v>
       </c>
       <c r="B38">
-        <v>47982407</v>
+        <v>47009137</v>
       </c>
       <c r="C38" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2">
         <v>50.0</v>
       </c>
       <c r="G38" t="s">
         <v>10</v>
       </c>
       <c r="H38" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>353</v>
+        <v>405</v>
       </c>
       <c r="B39">
-        <v>44913975</v>
+        <v>41505186</v>
       </c>
       <c r="C39" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="E39" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F39" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G39" t="s">
         <v>10</v>
       </c>
       <c r="H39" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>354</v>
+        <v>407</v>
       </c>
       <c r="B40">
-        <v>20119284</v>
+        <v>76632542</v>
       </c>
       <c r="C40" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="E40" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F40" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G40" t="s">
         <v>10</v>
       </c>
       <c r="H40" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>355</v>
+        <v>408</v>
       </c>
       <c r="B41">
-        <v>61061521</v>
+        <v>456145</v>
       </c>
       <c r="C41" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="E41" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F41" s="2">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
       <c r="G41" t="s">
         <v>10</v>
       </c>
       <c r="H41" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>358</v>
+        <v>424</v>
       </c>
       <c r="B42">
-        <v>43992386</v>
+        <v>20486437449</v>
       </c>
       <c r="C42" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="2">
         <v>50.0</v>
       </c>
       <c r="G42" t="s">
         <v>10</v>
       </c>
       <c r="H42" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>347</v>
+        <v>409</v>
       </c>
       <c r="B43">
-        <v>20076292</v>
+        <v>43831386</v>
       </c>
       <c r="C43" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="E43" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="F43" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G43" t="s">
         <v>10</v>
       </c>
       <c r="H43" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>349</v>
+        <v>425</v>
       </c>
       <c r="B44">
-        <v>20112638</v>
+        <v>70242154</v>
       </c>
       <c r="C44" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E44" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F44" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G44" t="s">
         <v>10</v>
       </c>
       <c r="H44" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>338</v>
+        <v>411</v>
       </c>
       <c r="B45">
-        <v>20486985497</v>
+        <v>44662903</v>
       </c>
       <c r="C45" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E45" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="2">
         <v>50.0</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
       <c r="H45" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>356</v>
+        <v>427</v>
       </c>
       <c r="B46">
-        <v>20055793</v>
+        <v>75460821</v>
       </c>
       <c r="C46" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E46" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F46" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G46" t="s">
         <v>10</v>
       </c>
       <c r="H46" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>357</v>
+        <v>396</v>
       </c>
       <c r="B47">
-        <v>20084942</v>
+        <v>43611884</v>
       </c>
       <c r="C47" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="2">
         <v>50.0</v>
       </c>
       <c r="G47" t="s">
         <v>10</v>
       </c>
       <c r="H47" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>359</v>
+        <v>428</v>
       </c>
       <c r="B48">
-        <v>43856561</v>
+        <v>74349491</v>
       </c>
       <c r="C48" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="E48" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F48" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G48" t="s">
         <v>10</v>
       </c>
       <c r="H48" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>342</v>
+        <v>397</v>
       </c>
       <c r="B49">
-        <v>73948228</v>
+        <v>60209835</v>
       </c>
       <c r="C49" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="2">
         <v>50.0</v>
       </c>
       <c r="G49" t="s">
         <v>10</v>
       </c>
       <c r="H49" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>343</v>
+        <v>413</v>
       </c>
       <c r="B50">
-        <v>75511797</v>
+        <v>75809528</v>
       </c>
       <c r="C50" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="E50" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F50" s="2">
-        <v>155.0</v>
+        <v>50.0</v>
       </c>
       <c r="G50" t="s">
         <v>10</v>
       </c>
       <c r="H50" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>345</v>
+        <v>429</v>
       </c>
       <c r="B51">
-        <v>20061407</v>
+        <v>61207191</v>
       </c>
       <c r="C51" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
       <c r="F51" s="2">
         <v>50.0</v>
       </c>
       <c r="G51" t="s">
         <v>10</v>
       </c>
       <c r="H51" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>350</v>
+        <v>398</v>
       </c>
       <c r="B52">
-        <v>20016784</v>
+        <v>60905918</v>
       </c>
       <c r="C52" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E52" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F52" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G52" t="s">
         <v>10</v>
       </c>
       <c r="H52" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>332</v>
+        <v>414</v>
       </c>
       <c r="B53">
-        <v>10198434162</v>
+        <v>40678652</v>
       </c>
       <c r="C53" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="E53" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F53" s="2">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
       <c r="G53" t="s">
         <v>10</v>
       </c>
       <c r="H53" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>335</v>
+        <v>430</v>
       </c>
       <c r="B54">
-        <v>10440153386</v>
+        <v>75972066</v>
       </c>
       <c r="C54" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
       <c r="F54" s="2">
-        <v>118.0</v>
+        <v>50.0</v>
       </c>
       <c r="G54" t="s">
         <v>10</v>
       </c>
       <c r="H54" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>339</v>
+        <v>399</v>
       </c>
       <c r="B55">
-        <v>23679490</v>
+        <v>19846254</v>
       </c>
       <c r="C55" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E55" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F55" s="2">
         <v>70.0</v>
       </c>
       <c r="G55" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H55" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>340</v>
+        <v>415</v>
       </c>
       <c r="B56">
-        <v>47115581</v>
+        <v>44526202</v>
       </c>
       <c r="C56" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2">
         <v>50.0</v>
       </c>
       <c r="G56" t="s">
         <v>10</v>
       </c>
       <c r="H56" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>341</v>
+        <v>400</v>
       </c>
       <c r="B57">
-        <v>44595105</v>
+        <v>75982617</v>
       </c>
       <c r="C57" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="E57" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F57" s="2">
         <v>70.0</v>
       </c>
       <c r="G57" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H57" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>344</v>
+        <v>416</v>
       </c>
       <c r="B58">
-        <v>19925773</v>
+        <v>41505181</v>
       </c>
       <c r="C58" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="E58" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F58" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G58" t="s">
         <v>10</v>
       </c>
       <c r="H58" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>328</v>
+        <v>395</v>
       </c>
       <c r="B59">
-        <v>72877139</v>
+        <v>46180392</v>
       </c>
       <c r="C59" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="E59" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F59" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G59" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H59" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>23</v>
+        <v>391</v>
       </c>
       <c r="B60">
-        <v>20049032</v>
+        <v>75047330</v>
       </c>
       <c r="C60" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="2">
         <v>50.0</v>
       </c>
       <c r="G60" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>333</v>
+        <v>392</v>
       </c>
       <c r="B61">
-        <v>19801636</v>
+        <v>73130450</v>
       </c>
       <c r="C61" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="E61" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F61" s="2">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="G61" t="s">
         <v>10</v>
       </c>
       <c r="H61" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>334</v>
+        <v>393</v>
       </c>
       <c r="B62">
-        <v>20600171021</v>
+        <v>73357785</v>
       </c>
       <c r="C62" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="E62" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F62" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G62" t="s">
         <v>10</v>
       </c>
       <c r="H62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>317</v>
+        <v>386</v>
       </c>
       <c r="B63">
-        <v>76844545</v>
+        <v>7872810</v>
       </c>
       <c r="C63" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="E63" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F63" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G63" t="s">
         <v>10</v>
       </c>
       <c r="H63" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>336</v>
+        <v>390</v>
       </c>
       <c r="B64">
-        <v>41558900</v>
+        <v>43679500</v>
       </c>
       <c r="C64" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2">
         <v>50.0</v>
       </c>
       <c r="G64" t="s">
         <v>10</v>
       </c>
       <c r="H64" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>318</v>
+        <v>382</v>
       </c>
       <c r="B65">
-        <v>43426391</v>
+        <v>19858723</v>
       </c>
       <c r="C65" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="E65" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F65" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G65" t="s">
         <v>10</v>
       </c>
       <c r="H65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>319</v>
+        <v>383</v>
       </c>
       <c r="B66">
-        <v>44617074</v>
+        <v>4734268</v>
       </c>
       <c r="C66" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="E66" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F66" s="2">
-        <v>65.0</v>
+        <v>80.0</v>
       </c>
       <c r="G66" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H66" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>321</v>
+        <v>384</v>
       </c>
       <c r="B67">
-        <v>23263473</v>
+        <v>41506011</v>
       </c>
       <c r="C67" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="E67" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="F67" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G67" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>322</v>
+        <v>389</v>
       </c>
       <c r="B68">
-        <v>76038149</v>
+        <v>72564113</v>
       </c>
       <c r="C68" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="E68" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F68" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G68" t="s">
         <v>10</v>
       </c>
       <c r="H68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>323</v>
+        <v>381</v>
       </c>
       <c r="B69">
-        <v>20122824</v>
+        <v>74159557</v>
       </c>
       <c r="C69" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="E69" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F69" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G69" t="s">
         <v>10</v>
       </c>
       <c r="H69" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>324</v>
+        <v>376</v>
       </c>
       <c r="B70">
-        <v>45361057</v>
+        <v>47333711</v>
       </c>
       <c r="C70" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2">
         <v>50.0</v>
       </c>
       <c r="G70" t="s">
         <v>10</v>
       </c>
       <c r="H70" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>325</v>
+        <v>380</v>
       </c>
       <c r="B71">
-        <v>46898353</v>
+        <v>47291352</v>
       </c>
       <c r="C71" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="E71" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F71" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G71" t="s">
         <v>10</v>
       </c>
       <c r="H71" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>183</v>
+        <v>377</v>
       </c>
       <c r="B72">
-        <v>41587835</v>
+        <v>42394241</v>
       </c>
       <c r="C72" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="E72" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F72" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G72" t="s">
         <v>10</v>
       </c>
       <c r="H72" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>330</v>
+        <v>372</v>
       </c>
       <c r="B73">
-        <v>44691415</v>
+        <v>73995913</v>
       </c>
       <c r="C73" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="E73" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F73" s="2">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="G73" t="s">
         <v>10</v>
       </c>
       <c r="H73" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>312</v>
+        <v>374</v>
       </c>
       <c r="B74">
-        <v>47788703</v>
+        <v>44182626</v>
       </c>
       <c r="C74" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="E74" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F74" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G74" t="s">
         <v>10</v>
       </c>
       <c r="H74" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>185</v>
+        <v>375</v>
       </c>
       <c r="B75">
-        <v>20005291</v>
+        <v>47315606</v>
       </c>
       <c r="C75" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="E75" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F75" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G75" t="s">
         <v>10</v>
       </c>
       <c r="H75" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>201</v>
+        <v>379</v>
       </c>
       <c r="B76">
-        <v>70302167</v>
+        <v>40945639</v>
       </c>
       <c r="C76" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="E76" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F76" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
       <c r="H76" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>202</v>
+        <v>365</v>
       </c>
       <c r="B77">
-        <v>80096836</v>
+        <v>74035643</v>
       </c>
       <c r="C77" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="E77" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="2">
         <v>50.0</v>
       </c>
       <c r="G77" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>222</v>
+        <v>367</v>
       </c>
       <c r="B78">
-        <v>44691430</v>
+        <v>75802614</v>
       </c>
       <c r="C78" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2">
-        <v>195.0</v>
+        <v>50.0</v>
       </c>
       <c r="G78" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>117</v>
+        <v>371</v>
       </c>
       <c r="B79">
-        <v>61607145</v>
+        <v>40225974</v>
       </c>
       <c r="C79" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="E79" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F79" s="2">
-        <v>70.0</v>
+        <v>95.0</v>
       </c>
       <c r="G79" t="s">
         <v>10</v>
       </c>
       <c r="H79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>203</v>
+        <v>373</v>
       </c>
       <c r="B80">
-        <v>40951117</v>
+        <v>73174237</v>
       </c>
       <c r="C80" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="E80" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F80" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
       <c r="H80" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>314</v>
+        <v>362</v>
       </c>
       <c r="B81">
-        <v>2008479</v>
+        <v>44305339</v>
       </c>
       <c r="C81" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="E81" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F81" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G81" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H81" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>118</v>
+        <v>363</v>
       </c>
       <c r="B82">
-        <v>76561142</v>
+        <v>61012165</v>
       </c>
       <c r="C82" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="E82" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F82" s="2">
         <v>70.0</v>
       </c>
       <c r="G82" t="s">
         <v>10</v>
       </c>
       <c r="H82" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>119</v>
+        <v>366</v>
       </c>
       <c r="B83">
-        <v>19817911</v>
+        <v>74060906</v>
       </c>
       <c r="C83" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="E83" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="F83" s="2">
-        <v>70.0</v>
+        <v>90.0</v>
       </c>
       <c r="G83" t="s">
         <v>10</v>
       </c>
       <c r="H83" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>263</v>
+        <v>369</v>
       </c>
       <c r="B84">
-        <v>47835741</v>
+        <v>44766386</v>
       </c>
       <c r="C84" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="E84" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="F84" s="2">
-        <v>70.0</v>
+        <v>60.0</v>
       </c>
       <c r="G84" t="s">
         <v>10</v>
       </c>
       <c r="H84" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>120</v>
+        <v>370</v>
       </c>
       <c r="B85">
-        <v>61638141</v>
+        <v>70613547</v>
       </c>
       <c r="C85" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2">
         <v>50.0</v>
       </c>
       <c r="G85" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H85" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>139</v>
+        <v>361</v>
       </c>
       <c r="B86">
-        <v>47545787</v>
+        <v>48505270</v>
       </c>
       <c r="C86" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="E86" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F86" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G86" t="s">
         <v>10</v>
       </c>
       <c r="H86" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>208</v>
+        <v>347</v>
       </c>
       <c r="B87">
-        <v>77027201</v>
+        <v>20076292</v>
       </c>
       <c r="C87" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="E87" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F87" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G87" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H87" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>156</v>
+        <v>349</v>
       </c>
       <c r="B88">
-        <v>20107735</v>
+        <v>20112638</v>
       </c>
       <c r="C88" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="E88" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F88" s="2">
         <v>95.0</v>
       </c>
       <c r="G88" t="s">
         <v>10</v>
       </c>
       <c r="H88" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>173</v>
+        <v>353</v>
       </c>
       <c r="B89">
-        <v>19804585</v>
+        <v>44913975</v>
       </c>
       <c r="C89" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="E89" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F89" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G89" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>67</v>
+        <v>354</v>
       </c>
       <c r="B90">
-        <v>77054502</v>
+        <v>20119284</v>
       </c>
       <c r="C90" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="E90" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F90" s="2">
         <v>70.0</v>
       </c>
       <c r="G90" t="s">
         <v>10</v>
       </c>
       <c r="H90" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>229</v>
+        <v>355</v>
       </c>
       <c r="B91">
-        <v>73997304</v>
+        <v>61061521</v>
       </c>
       <c r="C91" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="E91" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2">
         <v>50.0</v>
       </c>
       <c r="G91" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H91" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>70</v>
+        <v>338</v>
       </c>
       <c r="B92">
-        <v>47059584</v>
+        <v>20486985497</v>
       </c>
       <c r="C92" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="E92" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F92" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G92" t="s">
         <v>10</v>
       </c>
       <c r="H92" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>178</v>
+        <v>342</v>
       </c>
       <c r="B93">
-        <v>19923461</v>
+        <v>73948228</v>
       </c>
       <c r="C93" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="E93" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F93" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G93" t="s">
         <v>10</v>
       </c>
       <c r="H93" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>196</v>
+        <v>343</v>
       </c>
       <c r="B94">
-        <v>40955145</v>
+        <v>75511797</v>
       </c>
       <c r="C94" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="E94" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F94" s="2">
-        <v>125.0</v>
+        <v>70.0</v>
       </c>
       <c r="G94" t="s">
         <v>10</v>
       </c>
       <c r="H94" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>215</v>
+        <v>356</v>
       </c>
       <c r="B95">
-        <v>75236411</v>
+        <v>20055793</v>
       </c>
       <c r="C95" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="E95" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F95" s="2">
         <v>70.0</v>
       </c>
       <c r="G95" t="s">
         <v>10</v>
       </c>
       <c r="H95" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>287</v>
+        <v>357</v>
       </c>
       <c r="B96">
-        <v>48142548</v>
+        <v>20084942</v>
       </c>
       <c r="C96" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="E96" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F96" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G96" t="s">
         <v>10</v>
       </c>
       <c r="H96" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>327</v>
+        <v>359</v>
       </c>
       <c r="B97">
-        <v>77141568</v>
+        <v>43856561</v>
       </c>
       <c r="C97" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="E97" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F97" s="2">
         <v>50.0</v>
       </c>
       <c r="G97" t="s">
         <v>10</v>
       </c>
       <c r="H97" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>255</v>
+        <v>350</v>
       </c>
       <c r="B98">
-        <v>41080165</v>
+        <v>20016784</v>
       </c>
       <c r="C98" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="E98" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="F98" s="2">
         <v>70.0</v>
       </c>
       <c r="G98" t="s">
         <v>10</v>
       </c>
       <c r="H98" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="B99">
-        <v>77389335</v>
+        <v>23679490</v>
       </c>
       <c r="C99" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="E99" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F99" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G99" t="s">
         <v>10</v>
       </c>
       <c r="H99" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>219</v>
+        <v>341</v>
       </c>
       <c r="B100">
-        <v>76083002</v>
+        <v>44595105</v>
       </c>
       <c r="C100" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="E100" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F100" s="2">
         <v>70.0</v>
       </c>
       <c r="G100" t="s">
         <v>10</v>
       </c>
       <c r="H100" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>274</v>
+        <v>344</v>
       </c>
       <c r="B101">
-        <v>48198974</v>
+        <v>19925773</v>
       </c>
       <c r="C101" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2">
         <v>50.0</v>
       </c>
       <c r="G101" t="s">
         <v>10</v>
       </c>
       <c r="H101" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>308</v>
+        <v>332</v>
       </c>
       <c r="B102">
-        <v>73207010</v>
+        <v>10198434162</v>
       </c>
       <c r="C102" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="E102" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F102" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G102" t="s">
         <v>10</v>
       </c>
       <c r="H102" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="B103">
-        <v>20027321</v>
+        <v>76844545</v>
       </c>
       <c r="C103" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="E103" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F103" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G103" t="s">
         <v>10</v>
       </c>
       <c r="H103" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>293</v>
+        <v>318</v>
       </c>
       <c r="B104">
-        <v>20068390</v>
+        <v>43426391</v>
       </c>
       <c r="C104" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E104" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F104" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G104" t="s">
         <v>10</v>
       </c>
       <c r="H104" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="B105">
-        <v>75377215</v>
+        <v>44617074</v>
       </c>
       <c r="C105" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="E105" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="F105" s="2">
-        <v>70.0</v>
+        <v>65.0</v>
       </c>
       <c r="G105" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H105" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>247</v>
+        <v>321</v>
       </c>
       <c r="B106">
-        <v>20043121</v>
+        <v>23263473</v>
       </c>
       <c r="C106" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="E106" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="F106" s="2">
-        <v>175.0</v>
+        <v>50.0</v>
       </c>
       <c r="G106" t="s">
         <v>10</v>
       </c>
       <c r="H106" t="s">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>254</v>
+        <v>322</v>
       </c>
       <c r="B107">
-        <v>73322497</v>
+        <v>76038149</v>
       </c>
       <c r="C107" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="E107" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F107" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G107" t="s">
         <v>10</v>
       </c>
       <c r="H107" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>262</v>
+        <v>324</v>
       </c>
       <c r="B108">
-        <v>41660336</v>
+        <v>45361057</v>
       </c>
       <c r="C108" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="E108" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2">
         <v>50.0</v>
       </c>
       <c r="G108" t="s">
         <v>10</v>
       </c>
       <c r="H108" t="s">
-        <v>144</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="B109">
-        <v>20076082</v>
+        <v>46898353</v>
       </c>
       <c r="C109" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="E109" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F109" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G109" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H109" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>39</v>
+        <v>183</v>
       </c>
       <c r="B110">
-        <v>78286432</v>
+        <v>41587835</v>
       </c>
       <c r="C110" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="E110" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F110" s="2">
-        <v>50.0</v>
+        <v>95.0</v>
       </c>
       <c r="G110" t="s">
         <v>10</v>
       </c>
       <c r="H110" t="s">
-        <v>23</v>
+        <v>133</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>59</v>
+        <v>330</v>
       </c>
       <c r="B111">
-        <v>75970949</v>
+        <v>44691415</v>
       </c>
       <c r="C111" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="E111" t="s">
-        <v>9</v>
+        <v>105</v>
       </c>
       <c r="F111" s="2">
-        <v>50.0</v>
+        <v>60.0</v>
       </c>
       <c r="G111" t="s">
         <v>10</v>
       </c>
       <c r="H111" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>96</v>
+        <v>333</v>
       </c>
       <c r="B112">
-        <v>44764216</v>
+        <v>19801636</v>
       </c>
       <c r="C112" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="E112" t="s">
-        <v>47</v>
+        <v>105</v>
       </c>
       <c r="F112" s="2">
-        <v>95.0</v>
+        <v>60.0</v>
       </c>
       <c r="G112" t="s">
         <v>10</v>
       </c>
       <c r="H112" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="B113">
-        <v>46685427</v>
+        <v>20049032</v>
       </c>
       <c r="C113" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="E113" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2">
         <v>50.0</v>
       </c>
       <c r="G113" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H113" t="s">
-        <v>11</v>
+        <v>133</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>150</v>
+        <v>334</v>
       </c>
       <c r="B114">
-        <v>20074794</v>
+        <v>20600171021</v>
       </c>
       <c r="C114" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="E114" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F114" s="2">
-        <v>70.0</v>
+        <v>90.0</v>
       </c>
       <c r="G114" t="s">
         <v>10</v>
       </c>
       <c r="H114" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>221</v>
+        <v>336</v>
       </c>
       <c r="B115">
-        <v>19876059</v>
+        <v>41558900</v>
       </c>
       <c r="C115" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="E115" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F115" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G115" t="s">
         <v>10</v>
       </c>
       <c r="H115" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>259</v>
+        <v>67</v>
       </c>
       <c r="B116">
-        <v>76660748</v>
+        <v>77054502</v>
       </c>
       <c r="C116" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="E116" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F116" s="2">
         <v>70.0</v>
       </c>
       <c r="G116" t="s">
         <v>10</v>
       </c>
       <c r="H116" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>1</v>
+        <v>314</v>
       </c>
       <c r="B117">
-        <v>25738591</v>
+        <v>2008479</v>
       </c>
       <c r="C117" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="E117" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="2">
         <v>50.0</v>
       </c>
       <c r="G117" t="s">
         <v>10</v>
       </c>
       <c r="H117" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="B118">
-        <v>43313902</v>
+        <v>19804585</v>
       </c>
       <c r="C118" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="E118" t="s">
-        <v>156</v>
+        <v>17</v>
       </c>
       <c r="F118" s="2">
-        <v>100.0</v>
+        <v>70.0</v>
       </c>
       <c r="G118" t="s">
         <v>10</v>
       </c>
       <c r="H118" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="B119">
-        <v>47342687</v>
+        <v>61607145</v>
       </c>
       <c r="C119" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="E119" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F119" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G119" t="s">
         <v>10</v>
       </c>
       <c r="H119" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="B120">
-        <v>47964639</v>
+        <v>48198974</v>
       </c>
       <c r="C120" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="E120" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F120" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G120" t="s">
         <v>10</v>
       </c>
       <c r="H120" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>97</v>
+        <v>293</v>
       </c>
       <c r="B121">
-        <v>47248720</v>
+        <v>20068390</v>
       </c>
       <c r="C121" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="E121" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F121" s="2">
         <v>70.0</v>
       </c>
       <c r="G121" t="s">
         <v>10</v>
       </c>
       <c r="H121" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B122">
-        <v>23207070</v>
+        <v>76561142</v>
       </c>
       <c r="C122" t="s">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" s="2">
         <v>50.0</v>
       </c>
       <c r="G122" t="s">
         <v>10</v>
       </c>
       <c r="H122" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="B123">
-        <v>77022697</v>
+        <v>19817911</v>
       </c>
       <c r="C123" t="s">
-        <v>161</v>
+        <v>146</v>
       </c>
       <c r="E123" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F123" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G123" t="s">
         <v>10</v>
       </c>
       <c r="H123" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>151</v>
+        <v>215</v>
       </c>
       <c r="B124">
-        <v>42030605</v>
+        <v>75236411</v>
       </c>
       <c r="C124" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
       <c r="E124" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F124" s="2">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
       <c r="G124" t="s">
         <v>10</v>
       </c>
       <c r="H124" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>186</v>
+        <v>120</v>
       </c>
       <c r="B125">
-        <v>40416336</v>
+        <v>61638141</v>
       </c>
       <c r="C125" t="s">
-        <v>163</v>
+        <v>148</v>
       </c>
       <c r="E125" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F125" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G125" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H125" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>240</v>
+        <v>178</v>
       </c>
       <c r="B126">
-        <v>20602371442</v>
+        <v>19923461</v>
       </c>
       <c r="C126" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="E126" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="F126" s="2">
-        <v>2000.0</v>
+        <v>95.0</v>
       </c>
       <c r="G126" t="s">
         <v>10</v>
       </c>
       <c r="H126" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>277</v>
+        <v>196</v>
       </c>
       <c r="B127">
-        <v>76620866</v>
+        <v>40955145</v>
       </c>
       <c r="C127" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="E127" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F127" s="2">
-        <v>50.0</v>
+        <v>135.0</v>
       </c>
       <c r="G127" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H127" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>313</v>
+        <v>219</v>
       </c>
       <c r="B128">
-        <v>47740220</v>
+        <v>76083002</v>
       </c>
       <c r="C128" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="E128" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F128" s="2">
         <v>70.0</v>
       </c>
       <c r="G128" t="s">
         <v>10</v>
       </c>
       <c r="H128" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>3</v>
+        <v>263</v>
       </c>
       <c r="B129">
-        <v>20036712</v>
+        <v>47835741</v>
       </c>
       <c r="C129" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="E129" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F129" s="2">
-        <v>70.0</v>
+        <v>95.0</v>
       </c>
       <c r="G129" t="s">
         <v>10</v>
       </c>
       <c r="H129" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>25</v>
+        <v>327</v>
       </c>
       <c r="B130">
-        <v>43936626</v>
+        <v>77141568</v>
       </c>
       <c r="C130" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="E130" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F130" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G130" t="s">
         <v>10</v>
       </c>
       <c r="H130" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>41</v>
+        <v>222</v>
       </c>
       <c r="B131">
-        <v>75583730</v>
+        <v>44691430</v>
       </c>
       <c r="C131" t="s">
-        <v>170</v>
+        <v>154</v>
       </c>
       <c r="E131" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F131" s="2">
-        <v>65.0</v>
+        <v>195.0</v>
       </c>
       <c r="G131" t="s">
         <v>10</v>
       </c>
       <c r="H131" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>61</v>
+        <v>329</v>
       </c>
       <c r="B132">
-        <v>45638931</v>
+        <v>20027321</v>
       </c>
       <c r="C132" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="E132" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F132" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G132" t="s">
         <v>10</v>
       </c>
       <c r="H132" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>79</v>
+        <v>185</v>
       </c>
       <c r="B133">
-        <v>75955809</v>
+        <v>20005291</v>
       </c>
       <c r="C133" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="E133" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F133" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G133" t="s">
         <v>10</v>
       </c>
       <c r="H133" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>98</v>
+        <v>201</v>
       </c>
       <c r="B134">
-        <v>19825768</v>
+        <v>70302167</v>
       </c>
       <c r="C134" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="E134" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F134" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G134" t="s">
         <v>10</v>
       </c>
       <c r="H134" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="B135">
-        <v>43680361</v>
+        <v>80096836</v>
       </c>
       <c r="C135" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="E135" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F135" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="G135" t="s">
         <v>10</v>
       </c>
       <c r="H135" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="B136">
-        <v>75740822</v>
+        <v>40951117</v>
       </c>
       <c r="C136" t="s">
-        <v>175</v>
+        <v>159</v>
       </c>
       <c r="E136" t="s">
-        <v>156</v>
+        <v>17</v>
       </c>
       <c r="F136" s="2">
-        <v>100.0</v>
+        <v>70.0</v>
       </c>
       <c r="G136" t="s">
         <v>10</v>
       </c>
       <c r="H136" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>241</v>
+        <v>307</v>
       </c>
       <c r="B137">
-        <v>2060237144</v>
+        <v>77389335</v>
       </c>
       <c r="C137" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E137" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="F137" s="2">
-        <v>1500.0</v>
+        <v>50.0</v>
       </c>
       <c r="G137" t="s">
         <v>10</v>
       </c>
       <c r="H137" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="B138">
-        <v>19920725</v>
+        <v>48142548</v>
       </c>
       <c r="C138" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="E138" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="F138" s="2">
-        <v>110.0</v>
+        <v>70.0</v>
       </c>
       <c r="G138" t="s">
         <v>10</v>
       </c>
       <c r="H138" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>4</v>
+        <v>308</v>
       </c>
       <c r="B139">
-        <v>7190432</v>
+        <v>73207010</v>
       </c>
       <c r="C139" t="s">
-        <v>178</v>
+        <v>162</v>
       </c>
       <c r="E139" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F139" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G139" t="s">
         <v>10</v>
       </c>
       <c r="H139" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>26</v>
+        <v>247</v>
       </c>
       <c r="B140">
-        <v>19819353</v>
+        <v>20043121</v>
       </c>
       <c r="C140" t="s">
-        <v>179</v>
+        <v>164</v>
       </c>
       <c r="E140" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
       <c r="F140" s="2">
-        <v>90.0</v>
+        <v>160.0</v>
       </c>
       <c r="G140" t="s">
         <v>10</v>
       </c>
       <c r="H140" t="s">
-        <v>11</v>
+        <v>166</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>80</v>
+        <v>254</v>
       </c>
       <c r="B141">
-        <v>47841887</v>
+        <v>73322497</v>
       </c>
       <c r="C141" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="E141" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="F141" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G141" t="s">
         <v>10</v>
       </c>
       <c r="H141" t="s">
-        <v>33</v>
+        <v>168</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>170</v>
+        <v>26</v>
       </c>
       <c r="B142">
-        <v>75519965</v>
+        <v>19819353</v>
       </c>
       <c r="C142" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="E142" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="F142" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G142" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H142" t="s">
-        <v>114</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>242</v>
+        <v>43</v>
       </c>
       <c r="B143">
-        <v>41076843</v>
+        <v>44383821</v>
       </c>
       <c r="C143" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="E143" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F143" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G143" t="s">
         <v>10</v>
       </c>
       <c r="H143" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>297</v>
+        <v>94</v>
       </c>
       <c r="B144">
-        <v>74843768</v>
+        <v>76249304</v>
       </c>
       <c r="C144" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="E144" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F144" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G144" t="s">
         <v>10</v>
       </c>
       <c r="H144" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>315</v>
+        <v>115</v>
       </c>
       <c r="B145">
-        <v>20609475448</v>
+        <v>46685427</v>
       </c>
       <c r="C145" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="E145" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F145" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G145" t="s">
         <v>10</v>
       </c>
       <c r="H145" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>27</v>
+        <v>172</v>
       </c>
       <c r="B146">
-        <v>19915333</v>
+        <v>74301112</v>
       </c>
       <c r="C146" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="E146" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F146" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G146" t="s">
         <v>10</v>
       </c>
       <c r="H146" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="B147">
-        <v>44383821</v>
+        <v>46289960</v>
       </c>
       <c r="C147" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="E147" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F147" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G147" t="s">
         <v>10</v>
       </c>
       <c r="H147" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>63</v>
+        <v>210</v>
       </c>
       <c r="B148">
-        <v>40482415</v>
+        <v>44812010</v>
       </c>
       <c r="C148" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="E148" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F148" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G148" t="s">
         <v>10</v>
       </c>
       <c r="H148" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>81</v>
+        <v>228</v>
       </c>
       <c r="B149">
-        <v>42581804</v>
+        <v>73200023</v>
       </c>
       <c r="C149" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="E149" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="F149" s="2">
-        <v>70.0</v>
+        <v>110.0</v>
       </c>
       <c r="G149" t="s">
         <v>10</v>
       </c>
       <c r="H149" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>100</v>
+        <v>271</v>
       </c>
       <c r="B150">
-        <v>71435638</v>
+        <v>19839125</v>
       </c>
       <c r="C150" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="E150" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F150" s="2">
         <v>70.0</v>
       </c>
       <c r="G150" t="s">
         <v>10</v>
       </c>
       <c r="H150" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>138</v>
+        <v>291</v>
       </c>
       <c r="B151">
-        <v>20120494</v>
+        <v>74349492</v>
       </c>
       <c r="C151" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="E151" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F151" s="2">
-        <v>115.0</v>
+        <v>50.0</v>
       </c>
       <c r="G151" t="s">
         <v>10</v>
       </c>
       <c r="H151" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>154</v>
+        <v>3</v>
       </c>
       <c r="B152">
-        <v>40637051</v>
+        <v>20036712</v>
       </c>
       <c r="C152" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="E152" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F152" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G152" t="s">
         <v>10</v>
       </c>
       <c r="H152" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="B153">
-        <v>74749062</v>
+        <v>19915333</v>
       </c>
       <c r="C153" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="E153" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F153" s="2">
         <v>70.0</v>
       </c>
       <c r="G153" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H153" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>243</v>
+        <v>46</v>
       </c>
       <c r="B154">
-        <v>41477096</v>
+        <v>46767339</v>
       </c>
       <c r="C154" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="E154" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F154" s="2">
         <v>70.0</v>
       </c>
       <c r="G154" t="s">
         <v>10</v>
       </c>
       <c r="H154" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B155">
-        <v>43626245</v>
+        <v>73050968</v>
       </c>
       <c r="C155" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="E155" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F155" s="2">
         <v>50.0</v>
       </c>
       <c r="G155" t="s">
         <v>10</v>
       </c>
       <c r="H155" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="B156">
-        <v>20117894</v>
+        <v>74891152</v>
       </c>
       <c r="C156" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="E156" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F156" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G156" t="s">
         <v>10</v>
       </c>
       <c r="H156" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="B157">
-        <v>80211017</v>
+        <v>23207070</v>
       </c>
       <c r="C157" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="E157" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2">
         <v>50.0</v>
       </c>
       <c r="G157" t="s">
         <v>10</v>
       </c>
       <c r="H157" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="B158">
-        <v>73476169</v>
+        <v>77022697</v>
       </c>
       <c r="C158" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="E158" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2">
         <v>50.0</v>
       </c>
       <c r="G158" t="s">
         <v>10</v>
       </c>
       <c r="H158" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="B159">
-        <v>74301112</v>
+        <v>40637051</v>
       </c>
       <c r="C159" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="E159" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F159" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G159" t="s">
         <v>10</v>
       </c>
       <c r="H159" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B160">
-        <v>46289960</v>
+        <v>73127446</v>
       </c>
       <c r="C160" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="E160" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F160" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G160" t="s">
         <v>10</v>
       </c>
       <c r="H160" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="B161">
-        <v>71346985</v>
+        <v>73473835</v>
       </c>
       <c r="C161" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="E161" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F161" s="2">
         <v>70.0</v>
       </c>
       <c r="G161" t="s">
         <v>10</v>
       </c>
       <c r="H161" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="B162">
-        <v>80519303</v>
+        <v>72189185</v>
       </c>
       <c r="C162" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="E162" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F162" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G162" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H162" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="B163">
-        <v>20052599</v>
+        <v>20609475448</v>
       </c>
       <c r="C163" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="E163" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F163" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G163" t="s">
         <v>10</v>
       </c>
       <c r="H163" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="B164">
-        <v>46767339</v>
+        <v>7190432</v>
       </c>
       <c r="C164" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="E164" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F164" s="2">
         <v>50.0</v>
       </c>
       <c r="G164" t="s">
         <v>10</v>
       </c>
       <c r="H164" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="B165">
-        <v>75174690</v>
+        <v>44764216</v>
       </c>
       <c r="C165" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="E165" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F165" s="2">
-        <v>50.0</v>
+        <v>95.0</v>
       </c>
       <c r="G165" t="s">
         <v>10</v>
       </c>
       <c r="H165" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>85</v>
+        <v>136</v>
       </c>
       <c r="B166">
-        <v>60906343</v>
+        <v>43680361</v>
       </c>
       <c r="C166" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="E166" t="s">
-        <v>9</v>
+        <v>177</v>
       </c>
       <c r="F166" s="2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="G166" t="s">
         <v>10</v>
       </c>
       <c r="H166" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>103</v>
+        <v>155</v>
       </c>
       <c r="B167">
-        <v>41413448</v>
+        <v>73476169</v>
       </c>
       <c r="C167" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="E167" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F167" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G167" t="s">
         <v>10</v>
       </c>
       <c r="H167" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>123</v>
+        <v>175</v>
       </c>
       <c r="B168">
-        <v>40745328</v>
+        <v>41556047</v>
       </c>
       <c r="C168" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="E168" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F168" s="2">
-        <v>50.0</v>
+        <v>95.0</v>
       </c>
       <c r="G168" t="s">
         <v>10</v>
       </c>
       <c r="H168" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="B169">
-        <v>46715431</v>
+        <v>45205997</v>
       </c>
       <c r="C169" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="E169" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F169" s="2">
-        <v>115.0</v>
+        <v>50.0</v>
       </c>
       <c r="G169" t="s">
         <v>10</v>
       </c>
       <c r="H169" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>191</v>
+        <v>231</v>
       </c>
       <c r="B170">
-        <v>73127446</v>
+        <v>80210731</v>
       </c>
       <c r="C170" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="E170" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F170" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G170" t="s">
         <v>10</v>
       </c>
       <c r="H170" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>209</v>
+        <v>72</v>
       </c>
       <c r="B171">
-        <v>20609358221</v>
+        <v>42351983</v>
       </c>
       <c r="C171" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="E171" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F171" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G171" t="s">
         <v>10</v>
       </c>
       <c r="H171" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>227</v>
+        <v>97</v>
       </c>
       <c r="B172">
-        <v>20611088737</v>
+        <v>47248720</v>
       </c>
       <c r="C172" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="E172" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F172" s="2">
-        <v>195.0</v>
+        <v>70.0</v>
       </c>
       <c r="G172" t="s">
         <v>10</v>
       </c>
       <c r="H172" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>246</v>
+        <v>157</v>
       </c>
       <c r="B173">
-        <v>20084096</v>
+        <v>74451660</v>
       </c>
       <c r="C173" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="E173" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F173" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G173" t="s">
         <v>10</v>
       </c>
       <c r="H173" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>300</v>
+        <v>176</v>
       </c>
       <c r="B174">
-        <v>45479324</v>
+        <v>23715096</v>
       </c>
       <c r="C174" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="E174" t="s">
         <v>9</v>
       </c>
       <c r="F174" s="2">
         <v>50.0</v>
       </c>
       <c r="G174" t="s">
         <v>10</v>
       </c>
       <c r="H174" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>86</v>
+        <v>193</v>
       </c>
       <c r="B175">
-        <v>20066230</v>
+        <v>43663942</v>
       </c>
       <c r="C175" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="E175" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F175" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G175" t="s">
         <v>10</v>
       </c>
       <c r="H175" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>105</v>
+        <v>213</v>
       </c>
       <c r="B176">
-        <v>40669070</v>
+        <v>75214619</v>
       </c>
       <c r="C176" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="E176" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F176" s="2">
-        <v>115.0</v>
+        <v>50.0</v>
       </c>
       <c r="G176" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H176" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>124</v>
+        <v>232</v>
       </c>
       <c r="B177">
-        <v>20036071</v>
+        <v>20021789</v>
       </c>
       <c r="C177" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="E177" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F177" s="2">
-        <v>90.0</v>
+        <v>95.0</v>
       </c>
       <c r="G177" t="s">
         <v>10</v>
       </c>
       <c r="H177" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>157</v>
+        <v>257</v>
       </c>
       <c r="B178">
-        <v>74451660</v>
+        <v>43820425</v>
       </c>
       <c r="C178" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="E178" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F178" s="2">
-        <v>50.0</v>
+        <v>95.0</v>
       </c>
       <c r="G178" t="s">
         <v>10</v>
       </c>
       <c r="H178" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>175</v>
+        <v>275</v>
       </c>
       <c r="B179">
-        <v>41556047</v>
+        <v>41944527</v>
       </c>
       <c r="C179" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="E179" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="F179" s="2">
-        <v>70.0</v>
+        <v>100.0</v>
       </c>
       <c r="G179" t="s">
         <v>10</v>
       </c>
       <c r="H179" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>192</v>
+        <v>294</v>
       </c>
       <c r="B180">
-        <v>45205997</v>
+        <v>20076082</v>
       </c>
       <c r="C180" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="E180" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2">
         <v>50.0</v>
       </c>
       <c r="G180" t="s">
         <v>10</v>
       </c>
       <c r="H180" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>210</v>
+        <v>52</v>
       </c>
       <c r="B181">
-        <v>44812010</v>
+        <v>19853048</v>
       </c>
       <c r="C181" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="E181" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F181" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G181" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H181" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>228</v>
+        <v>73</v>
       </c>
       <c r="B182">
-        <v>73200023</v>
+        <v>41548075</v>
       </c>
       <c r="C182" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="E182" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F182" s="2">
-        <v>110.0</v>
+        <v>50.0</v>
       </c>
       <c r="G182" t="s">
         <v>10</v>
       </c>
       <c r="H182" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>266</v>
+        <v>98</v>
       </c>
       <c r="B183">
-        <v>20429212</v>
+        <v>19825768</v>
       </c>
       <c r="C183" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="E183" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F183" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="G183" t="s">
         <v>10</v>
       </c>
       <c r="H183" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>283</v>
+        <v>138</v>
       </c>
       <c r="B184">
-        <v>75802609</v>
+        <v>20120494</v>
       </c>
       <c r="C184" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="E184" t="s">
-        <v>9</v>
+        <v>213</v>
       </c>
       <c r="F184" s="2">
-        <v>50.0</v>
+        <v>115.0</v>
       </c>
       <c r="G184" t="s">
         <v>10</v>
       </c>
       <c r="H184" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>301</v>
+        <v>158</v>
       </c>
       <c r="B185">
-        <v>43895597</v>
+        <v>42191081</v>
       </c>
       <c r="C185" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="E185" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F185" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G185" t="s">
         <v>10</v>
       </c>
       <c r="H185" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>31</v>
+        <v>177</v>
       </c>
       <c r="B186">
-        <v>41751284</v>
+        <v>20011280</v>
       </c>
       <c r="C186" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="E186" t="s">
-        <v>226</v>
+        <v>127</v>
       </c>
       <c r="F186" s="2">
-        <v>90.0</v>
+        <v>65.0</v>
       </c>
       <c r="G186" t="s">
         <v>10</v>
       </c>
       <c r="H186" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>68</v>
+        <v>194</v>
       </c>
       <c r="B187">
-        <v>73050968</v>
+        <v>43809451</v>
       </c>
       <c r="C187" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="E187" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F187" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G187" t="s">
         <v>10</v>
       </c>
       <c r="H187" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>87</v>
+        <v>258</v>
       </c>
       <c r="B188">
-        <v>70118484</v>
+        <v>46943745</v>
       </c>
       <c r="C188" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="E188" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F188" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G188" t="s">
         <v>10</v>
       </c>
       <c r="H188" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="B189">
-        <v>60485284</v>
+        <v>41751284</v>
       </c>
       <c r="C189" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="E189" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F189" s="2">
-        <v>70.0</v>
+        <v>90.0</v>
       </c>
       <c r="G189" t="s">
         <v>10</v>
       </c>
       <c r="H189" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="B190">
-        <v>74895595</v>
+        <v>46715431</v>
       </c>
       <c r="C190" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="E190" t="s">
-        <v>9</v>
+        <v>213</v>
       </c>
       <c r="F190" s="2">
-        <v>50.0</v>
+        <v>115.0</v>
       </c>
       <c r="G190" t="s">
         <v>10</v>
       </c>
       <c r="H190" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>142</v>
+        <v>195</v>
       </c>
       <c r="B191">
-        <v>20417855</v>
+        <v>19930525</v>
       </c>
       <c r="C191" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="E191" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F191" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G191" t="s">
         <v>10</v>
       </c>
       <c r="H191" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>158</v>
+        <v>259</v>
       </c>
       <c r="B192">
-        <v>42191081</v>
+        <v>76660748</v>
       </c>
       <c r="C192" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="E192" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F192" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G192" t="s">
         <v>10</v>
       </c>
       <c r="H192" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>176</v>
+        <v>278</v>
       </c>
       <c r="B193">
-        <v>23715096</v>
+        <v>19920725</v>
       </c>
       <c r="C193" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="E193" t="s">
-        <v>9</v>
+        <v>177</v>
       </c>
       <c r="F193" s="2">
-        <v>50.0</v>
+        <v>110.0</v>
       </c>
       <c r="G193" t="s">
         <v>10</v>
       </c>
       <c r="H193" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>193</v>
+        <v>297</v>
       </c>
       <c r="B194">
-        <v>43663942</v>
+        <v>74843768</v>
       </c>
       <c r="C194" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="E194" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="F194" s="2">
-        <v>65.0</v>
+        <v>95.0</v>
       </c>
       <c r="G194" t="s">
         <v>10</v>
       </c>
       <c r="H194" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>211</v>
+        <v>32</v>
       </c>
       <c r="B195">
-        <v>73473835</v>
+        <v>19849615</v>
       </c>
       <c r="C195" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="E195" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F195" s="2">
-        <v>70.0</v>
+        <v>100.0</v>
       </c>
       <c r="G195" t="s">
         <v>10</v>
       </c>
       <c r="H195" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>302</v>
+        <v>56</v>
       </c>
       <c r="B196">
-        <v>47184669</v>
+        <v>20108998</v>
       </c>
       <c r="C196" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="E196" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F196" s="2">
         <v>70.0</v>
       </c>
       <c r="G196" t="s">
         <v>10</v>
       </c>
       <c r="H196" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="B197">
-        <v>20053812</v>
+        <v>71435638</v>
       </c>
       <c r="C197" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="E197" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F197" s="2">
         <v>70.0</v>
       </c>
       <c r="G197" t="s">
         <v>10</v>
       </c>
       <c r="H197" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>32</v>
+        <v>123</v>
       </c>
       <c r="B198">
-        <v>19849615</v>
+        <v>40745328</v>
       </c>
       <c r="C198" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="E198" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F198" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="G198" t="s">
         <v>10</v>
       </c>
       <c r="H198" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>107</v>
+        <v>160</v>
       </c>
       <c r="B199">
-        <v>80210760</v>
+        <v>41464518</v>
       </c>
       <c r="C199" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="E199" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F199" s="2">
-        <v>90.0</v>
+        <v>70.0</v>
       </c>
       <c r="G199" t="s">
         <v>10</v>
       </c>
       <c r="H199" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>126</v>
+        <v>179</v>
       </c>
       <c r="B200">
-        <v>20113371</v>
+        <v>47379260</v>
       </c>
       <c r="C200" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="E200" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F200" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G200" t="s">
         <v>10</v>
       </c>
       <c r="H200" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>143</v>
+        <v>235</v>
       </c>
       <c r="B201">
-        <v>20568063008</v>
+        <v>10232741029</v>
       </c>
       <c r="C201" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="E201" t="s">
         <v>9</v>
       </c>
       <c r="F201" s="2">
         <v>50.0</v>
       </c>
       <c r="G201" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H201" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>177</v>
+        <v>299</v>
       </c>
       <c r="B202">
-        <v>20011280</v>
+        <v>20052599</v>
       </c>
       <c r="C202" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="E202" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F202" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G202" t="s">
         <v>10</v>
       </c>
       <c r="H202" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="B203">
-        <v>43809451</v>
+        <v>20053812</v>
       </c>
       <c r="C203" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="E203" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="F203" s="2">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
       <c r="G203" t="s">
         <v>10</v>
       </c>
       <c r="H203" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>268</v>
+        <v>33</v>
       </c>
       <c r="B204">
-        <v>19814917</v>
+        <v>20119743</v>
       </c>
       <c r="C204" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="E204" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F204" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G204" t="s">
         <v>10</v>
       </c>
       <c r="H204" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>285</v>
+        <v>57</v>
       </c>
       <c r="B205">
-        <v>77286120</v>
+        <v>75513218</v>
       </c>
       <c r="C205" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="E205" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="F205" s="2">
-        <v>70.0</v>
+        <v>100.0</v>
       </c>
       <c r="G205" t="s">
         <v>10</v>
       </c>
       <c r="H205" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>303</v>
+        <v>102</v>
       </c>
       <c r="B206">
-        <v>20610354131</v>
+        <v>80211017</v>
       </c>
       <c r="C206" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="E206" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F206" s="2">
-        <v>110.0</v>
+        <v>50.0</v>
       </c>
       <c r="G206" t="s">
         <v>10</v>
       </c>
       <c r="H206" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>14</v>
+        <v>124</v>
       </c>
       <c r="B207">
-        <v>48197695</v>
+        <v>20036071</v>
       </c>
       <c r="C207" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="E207" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F207" s="2">
-        <v>70.0</v>
+        <v>90.0</v>
       </c>
       <c r="G207" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H207" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="B208">
-        <v>20119743</v>
+        <v>20417855</v>
       </c>
       <c r="C208" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="E208" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F208" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G208" t="s">
         <v>10</v>
       </c>
       <c r="H208" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="B209">
-        <v>19853048</v>
+        <v>71380674</v>
       </c>
       <c r="C209" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="E209" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F209" s="2">
         <v>50.0</v>
       </c>
       <c r="G209" t="s">
         <v>10</v>
       </c>
       <c r="H209" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>108</v>
+        <v>300</v>
       </c>
       <c r="B210">
-        <v>75176837</v>
+        <v>45479324</v>
       </c>
       <c r="C210" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="E210" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F210" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G210" t="s">
         <v>10</v>
       </c>
       <c r="H210" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>160</v>
+        <v>14</v>
       </c>
       <c r="B211">
-        <v>41464518</v>
+        <v>48197695</v>
       </c>
       <c r="C211" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="E211" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F211" s="2">
         <v>70.0</v>
       </c>
       <c r="G211" t="s">
         <v>10</v>
       </c>
       <c r="H211" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="B212">
-        <v>19930525</v>
+        <v>20106669</v>
       </c>
       <c r="C212" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="E212" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F212" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G212" t="s">
         <v>10</v>
       </c>
       <c r="H212" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>213</v>
+        <v>58</v>
       </c>
       <c r="B213">
-        <v>75214619</v>
+        <v>48428046</v>
       </c>
       <c r="C213" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="E213" t="s">
         <v>9</v>
       </c>
       <c r="F213" s="2">
         <v>50.0</v>
       </c>
       <c r="G213" t="s">
         <v>10</v>
       </c>
       <c r="H213" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>231</v>
+        <v>78</v>
       </c>
       <c r="B214">
-        <v>80210731</v>
+        <v>47964639</v>
       </c>
       <c r="C214" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="E214" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F214" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G214" t="s">
         <v>10</v>
       </c>
       <c r="H214" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>269</v>
+        <v>103</v>
       </c>
       <c r="B215">
-        <v>43372355</v>
+        <v>41413448</v>
       </c>
       <c r="C215" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="E215" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="F215" s="2">
-        <v>70.0</v>
+        <v>65.0</v>
       </c>
       <c r="G215" t="s">
         <v>10</v>
       </c>
       <c r="H215" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>286</v>
+        <v>125</v>
       </c>
       <c r="B216">
-        <v>20019936</v>
+        <v>74895595</v>
       </c>
       <c r="C216" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="E216" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F216" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G216" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H216" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>15</v>
+        <v>163</v>
       </c>
       <c r="B217">
-        <v>48509033</v>
+        <v>44886349</v>
       </c>
       <c r="C217" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="E217" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="F217" s="2">
-        <v>115.0</v>
+        <v>95.0</v>
       </c>
       <c r="G217" t="s">
         <v>10</v>
       </c>
       <c r="H217" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>34</v>
+        <v>182</v>
       </c>
       <c r="B218">
-        <v>20106669</v>
+        <v>71435639</v>
       </c>
       <c r="C218" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="E218" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F218" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G218" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H218" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>110</v>
+        <v>198</v>
       </c>
       <c r="B219">
-        <v>42646145</v>
+        <v>23249134</v>
       </c>
       <c r="C219" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="E219" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F219" s="2">
         <v>70.0</v>
       </c>
       <c r="G219" t="s">
         <v>10</v>
       </c>
       <c r="H219" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>145</v>
+        <v>240</v>
       </c>
       <c r="B220">
-        <v>45005334</v>
+        <v>20602371442</v>
       </c>
       <c r="C220" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="E220" t="s">
-        <v>96</v>
+        <v>251</v>
       </c>
       <c r="F220" s="2">
-        <v>65.0</v>
+        <v>2000.0</v>
       </c>
       <c r="G220" t="s">
         <v>10</v>
       </c>
       <c r="H220" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>179</v>
+        <v>281</v>
       </c>
       <c r="B221">
-        <v>47379260</v>
+        <v>80519303</v>
       </c>
       <c r="C221" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="E221" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F221" s="2">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
       <c r="G221" t="s">
         <v>10</v>
       </c>
       <c r="H221" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>232</v>
+        <v>302</v>
       </c>
       <c r="B222">
-        <v>20021789</v>
+        <v>47184669</v>
       </c>
       <c r="C222" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="E222" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F222" s="2">
-        <v>95.0</v>
+        <v>90.0</v>
       </c>
       <c r="G222" t="s">
         <v>10</v>
       </c>
       <c r="H222" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B223">
-        <v>75541884</v>
+        <v>48509033</v>
       </c>
       <c r="C223" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="E223" t="s">
-        <v>9</v>
+        <v>213</v>
       </c>
       <c r="F223" s="2">
-        <v>50.0</v>
+        <v>115.0</v>
       </c>
       <c r="G223" t="s">
         <v>10</v>
       </c>
       <c r="H223" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>35</v>
       </c>
       <c r="B224">
         <v>41078366</v>
       </c>
       <c r="C224" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E224" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2">
         <v>50.0</v>
       </c>
       <c r="G224" t="s">
         <v>10</v>
       </c>
       <c r="H224" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="B225">
-        <v>42351983</v>
+        <v>75970949</v>
       </c>
       <c r="C225" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="E225" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F225" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G225" t="s">
         <v>10</v>
       </c>
       <c r="H225" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="B226">
-        <v>20069554</v>
+        <v>42581804</v>
       </c>
       <c r="C226" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="E226" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F226" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G226" t="s">
         <v>10</v>
       </c>
       <c r="H226" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="B227">
-        <v>76265944</v>
+        <v>40669070</v>
       </c>
       <c r="C227" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="E227" t="s">
-        <v>26</v>
+        <v>213</v>
       </c>
       <c r="F227" s="2">
-        <v>140.0</v>
+        <v>115.0</v>
       </c>
       <c r="G227" t="s">
         <v>10</v>
       </c>
       <c r="H227" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="B228">
-        <v>44886349</v>
+        <v>20113371</v>
       </c>
       <c r="C228" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="E228" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F228" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G228" t="s">
         <v>10</v>
       </c>
       <c r="H228" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="B229">
-        <v>71380674</v>
+        <v>45005334</v>
       </c>
       <c r="C229" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="E229" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F229" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G229" t="s">
         <v>10</v>
       </c>
       <c r="H229" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>271</v>
+        <v>164</v>
       </c>
       <c r="B230">
-        <v>19839125</v>
+        <v>41211570</v>
       </c>
       <c r="C230" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="E230" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F230" s="2">
         <v>70.0</v>
       </c>
       <c r="G230" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H230" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>288</v>
+        <v>221</v>
       </c>
       <c r="B231">
-        <v>20486323273</v>
+        <v>19876059</v>
       </c>
       <c r="C231" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="E231" t="s">
-        <v>226</v>
+        <v>17</v>
       </c>
       <c r="F231" s="2">
-        <v>100.0</v>
+        <v>90.0</v>
       </c>
       <c r="G231" t="s">
         <v>10</v>
       </c>
       <c r="H231" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>306</v>
+        <v>241</v>
       </c>
       <c r="B232">
-        <v>45463540</v>
+        <v>2060237144</v>
       </c>
       <c r="C232" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="E232" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="F232" s="2">
-        <v>185.0</v>
+        <v>1500.0</v>
       </c>
       <c r="G232" t="s">
         <v>10</v>
       </c>
       <c r="H232" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>56</v>
+        <v>303</v>
       </c>
       <c r="B233">
-        <v>20108998</v>
+        <v>20610354131</v>
       </c>
       <c r="C233" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="E233" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="F233" s="2">
-        <v>70.0</v>
+        <v>110.0</v>
       </c>
       <c r="G233" t="s">
         <v>10</v>
       </c>
       <c r="H233" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="B234">
-        <v>41548075</v>
+        <v>75541884</v>
       </c>
       <c r="C234" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="E234" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F234" s="2">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
       <c r="G234" t="s">
         <v>10</v>
       </c>
       <c r="H234" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="B235">
-        <v>76372862</v>
+        <v>47342687</v>
       </c>
       <c r="C235" t="s">
-        <v>276</v>
+        <v>86</v>
       </c>
       <c r="E235" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F235" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G235" t="s">
         <v>10</v>
       </c>
       <c r="H235" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="B236">
-        <v>41554091</v>
+        <v>20117894</v>
       </c>
       <c r="C236" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="E236" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F236" s="2">
-        <v>50.0</v>
+        <v>190.0</v>
       </c>
       <c r="G236" t="s">
         <v>10</v>
       </c>
       <c r="H236" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="B237">
-        <v>48263407</v>
+        <v>60485284</v>
       </c>
       <c r="C237" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="E237" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="F237" s="2">
         <v>70.0</v>
       </c>
       <c r="G237" t="s">
         <v>10</v>
       </c>
       <c r="H237" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>147</v>
+        <v>165</v>
       </c>
       <c r="B238">
-        <v>41079671</v>
+        <v>46247744</v>
       </c>
       <c r="C238" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="E238" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F238" s="2">
-        <v>70.0</v>
+        <v>90.0</v>
       </c>
       <c r="G238" t="s">
         <v>10</v>
       </c>
       <c r="H238" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="B239">
-        <v>41211570</v>
+        <v>20099400</v>
       </c>
       <c r="C239" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="E239" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F239" s="2">
-        <v>70.0</v>
+        <v>90.0</v>
       </c>
       <c r="G239" t="s">
         <v>10</v>
       </c>
       <c r="H239" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>182</v>
+        <v>243</v>
       </c>
       <c r="B240">
-        <v>71435639</v>
+        <v>41477096</v>
       </c>
       <c r="C240" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="E240" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F240" s="2">
         <v>70.0</v>
       </c>
       <c r="G240" t="s">
         <v>10</v>
       </c>
       <c r="H240" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>198</v>
+        <v>283</v>
       </c>
       <c r="B241">
-        <v>23249134</v>
+        <v>75802609</v>
       </c>
       <c r="C241" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="E241" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F241" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G241" t="s">
         <v>10</v>
       </c>
       <c r="H241" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
+        <v>37</v>
+      </c>
+      <c r="B242">
+        <v>41965560</v>
+      </c>
+      <c r="C242" t="s">
         <v>272</v>
       </c>
-      <c r="B242">
-[...4 lines deleted...]
-      </c>
       <c r="E242" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F242" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G242" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H242" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>291</v>
+        <v>61</v>
       </c>
       <c r="B243">
-        <v>74349492</v>
+        <v>45638931</v>
       </c>
       <c r="C243" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="E243" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F243" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G243" t="s">
         <v>10</v>
       </c>
       <c r="H243" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="B244">
-        <v>2060882837</v>
+        <v>20066230</v>
       </c>
       <c r="C244" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="E244" t="s">
-        <v>226</v>
+        <v>9</v>
       </c>
       <c r="F244" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G244" t="s">
         <v>10</v>
       </c>
       <c r="H244" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="B245">
-        <v>41965560</v>
+        <v>80210760</v>
       </c>
       <c r="C245" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="E245" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G245" t="s">
         <v>10</v>
       </c>
       <c r="H245" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="B246">
-        <v>75513218</v>
+        <v>41079671</v>
       </c>
       <c r="C246" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="E246" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F246" s="2">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="G246" t="s">
         <v>10</v>
       </c>
       <c r="H246" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>94</v>
+        <v>166</v>
       </c>
       <c r="B247">
-        <v>76249304</v>
+        <v>40059891</v>
       </c>
       <c r="C247" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="E247" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F247" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G247" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H247" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>113</v>
+        <v>266</v>
       </c>
       <c r="B248">
-        <v>23253896</v>
+        <v>20429212</v>
       </c>
       <c r="C248" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="E248" t="s">
         <v>9</v>
       </c>
       <c r="F248" s="2">
         <v>50.0</v>
       </c>
       <c r="G248" t="s">
         <v>10</v>
       </c>
       <c r="H248" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="B249">
-        <v>20052338</v>
+        <v>2060882837</v>
       </c>
       <c r="C249" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="E249" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="F249" s="2">
-        <v>115.0</v>
+        <v>90.0</v>
       </c>
       <c r="G249" t="s">
         <v>10</v>
       </c>
       <c r="H249" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>165</v>
+        <v>87</v>
       </c>
       <c r="B250">
-        <v>46247744</v>
+        <v>70118484</v>
       </c>
       <c r="C250" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="E250" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2">
         <v>50.0</v>
       </c>
       <c r="G250" t="s">
         <v>10</v>
       </c>
       <c r="H250" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>235</v>
+        <v>110</v>
       </c>
       <c r="B251">
-        <v>10232741029</v>
+        <v>42646145</v>
       </c>
       <c r="C251" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="E251" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F251" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G251" t="s">
         <v>10</v>
       </c>
       <c r="H251" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>257</v>
+        <v>129</v>
       </c>
       <c r="B252">
-        <v>43820425</v>
+        <v>76265944</v>
       </c>
       <c r="C252" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="E252" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="F252" s="2">
-        <v>95.0</v>
+        <v>140.0</v>
       </c>
       <c r="G252" t="s">
         <v>10</v>
       </c>
       <c r="H252" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="B253">
-        <v>75124937</v>
+        <v>40416336</v>
       </c>
       <c r="C253" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="E253" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F253" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G253" t="s">
         <v>10</v>
       </c>
       <c r="H253" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>58</v>
+        <v>246</v>
       </c>
       <c r="B254">
-        <v>48428046</v>
+        <v>20084096</v>
       </c>
       <c r="C254" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="E254" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F254" s="2">
-        <v>50.0</v>
+        <v>95.0</v>
       </c>
       <c r="G254" t="s">
         <v>10</v>
       </c>
       <c r="H254" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>95</v>
+        <v>285</v>
       </c>
       <c r="B255">
-        <v>74891152</v>
+        <v>77286120</v>
       </c>
       <c r="C255" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="E255" t="s">
-        <v>9</v>
+        <v>105</v>
       </c>
       <c r="F255" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G255" t="s">
         <v>10</v>
       </c>
       <c r="H255" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>114</v>
+        <v>306</v>
       </c>
       <c r="B256">
-        <v>80210356</v>
+        <v>45463540</v>
       </c>
       <c r="C256" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="E256" t="s">
-        <v>9</v>
+        <v>287</v>
       </c>
       <c r="F256" s="2">
-        <v>50.0</v>
+        <v>185.0</v>
       </c>
       <c r="G256" t="s">
         <v>10</v>
       </c>
       <c r="H256" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="B257">
-        <v>47628827</v>
+        <v>75124937</v>
       </c>
       <c r="C257" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="E257" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F257" s="2">
-        <v>125.0</v>
+        <v>50.0</v>
       </c>
       <c r="G257" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H257" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>166</v>
+        <v>63</v>
       </c>
       <c r="B258">
-        <v>40059891</v>
+        <v>40482415</v>
       </c>
       <c r="C258" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="E258" t="s">
-        <v>226</v>
+        <v>27</v>
       </c>
       <c r="F258" s="2">
-        <v>90.0</v>
+        <v>95.0</v>
       </c>
       <c r="G258" t="s">
         <v>10</v>
       </c>
       <c r="H258" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>184</v>
+        <v>111</v>
       </c>
       <c r="B259">
-        <v>20099400</v>
+        <v>20069554</v>
       </c>
       <c r="C259" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="E259" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F259" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G259" t="s">
         <v>10</v>
       </c>
       <c r="H259" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>258</v>
+        <v>130</v>
       </c>
       <c r="B260">
-        <v>46943745</v>
+        <v>48263407</v>
       </c>
       <c r="C260" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="E260" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F260" s="2">
         <v>70.0</v>
       </c>
       <c r="G260" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H260" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>275</v>
+        <v>149</v>
       </c>
       <c r="B261">
-        <v>41944527</v>
+        <v>47628827</v>
       </c>
       <c r="C261" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="E261" t="s">
-        <v>156</v>
+        <v>213</v>
       </c>
       <c r="F261" s="2">
-        <v>100.0</v>
+        <v>125.0</v>
       </c>
       <c r="G261" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H261" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>40</v>
+        <v>187</v>
       </c>
       <c r="B262">
-        <v>40484231</v>
+        <v>75740822</v>
       </c>
       <c r="C262" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="E262" t="s">
-        <v>96</v>
+        <v>177</v>
       </c>
       <c r="F262" s="2">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="G262" t="s">
         <v>10</v>
       </c>
       <c r="H262" t="s">
-        <v>304</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B263">
-        <v>43658491</v>
+        <v>19814917</v>
       </c>
       <c r="C263" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="E263" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F263" s="2">
-        <v>95.0</v>
+        <v>50.0</v>
       </c>
       <c r="G263" t="s">
         <v>10</v>
       </c>
       <c r="H263" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>260</v>
+        <v>286</v>
       </c>
       <c r="B264">
-        <v>20104831</v>
+        <v>20019936</v>
       </c>
       <c r="C264" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="E264" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F264" s="2">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
       <c r="G264" t="s">
         <v>10</v>
       </c>
       <c r="H264" t="s">
-        <v>307</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>251</v>
+        <v>41</v>
       </c>
       <c r="B265">
-        <v>45170160</v>
+        <v>75583730</v>
       </c>
       <c r="C265" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="E265" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F265" s="2">
-        <v>70.0</v>
+        <v>65.0</v>
       </c>
       <c r="G265" t="s">
         <v>10</v>
       </c>
       <c r="H265" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>252</v>
+        <v>64</v>
       </c>
       <c r="B266">
-        <v>47199640</v>
+        <v>43626245</v>
       </c>
       <c r="C266" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
       <c r="E266" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="F266" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G266" t="s">
         <v>10</v>
       </c>
       <c r="H266" t="s">
-        <v>311</v>
+        <v>67</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="B267">
-        <v>40248531</v>
+        <v>23253896</v>
       </c>
       <c r="C267" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c r="E267" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F267" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G267" t="s">
         <v>10</v>
       </c>
       <c r="H267" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B268">
-        <v>45614531</v>
+        <v>20052338</v>
       </c>
       <c r="C268" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c r="E268" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F268" s="2">
-        <v>70.0</v>
+        <v>115.0</v>
       </c>
       <c r="G268" t="s">
         <v>10</v>
       </c>
       <c r="H268" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="B269">
-        <v>40602070</v>
+        <v>20074794</v>
       </c>
       <c r="C269" t="s">
-        <v>314</v>
+        <v>300</v>
       </c>
       <c r="E269" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F269" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G269" t="s">
         <v>10</v>
       </c>
       <c r="H269" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>276</v>
+        <v>207</v>
       </c>
       <c r="B270">
-        <v>20038749</v>
+        <v>74749062</v>
       </c>
       <c r="C270" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="E270" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="F270" s="2">
-        <v>75.0</v>
+        <v>70.0</v>
       </c>
       <c r="G270" t="s">
         <v>10</v>
       </c>
       <c r="H270" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>168</v>
+        <v>226</v>
       </c>
       <c r="B271">
-        <v>75802623</v>
+        <v>71346985</v>
       </c>
       <c r="C271" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="E271" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F271" s="2">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
       <c r="G271" t="s">
         <v>10</v>
       </c>
       <c r="H271" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="B272">
-        <v>75020694</v>
+        <v>43372355</v>
       </c>
       <c r="C272" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
       <c r="E272" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="F272" s="2">
         <v>70.0</v>
       </c>
       <c r="G272" t="s">
         <v>10</v>
       </c>
       <c r="H272" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="B273">
-        <v>44753636</v>
+        <v>43313902</v>
       </c>
       <c r="C273" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="E273" t="s">
-        <v>96</v>
+        <v>177</v>
       </c>
       <c r="F273" s="2">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="G273" t="s">
         <v>10</v>
       </c>
       <c r="H273" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>169</v>
+        <v>65</v>
       </c>
       <c r="B274">
-        <v>40149233</v>
+        <v>75174690</v>
       </c>
       <c r="C274" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="E274" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2">
         <v>50.0</v>
       </c>
       <c r="G274" t="s">
         <v>10</v>
       </c>
       <c r="H274" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>223</v>
+        <v>93</v>
       </c>
       <c r="B275">
-        <v>19817872</v>
+        <v>76372862</v>
       </c>
       <c r="C275" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="E275" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F275" s="2">
         <v>70.0</v>
       </c>
       <c r="G275" t="s">
         <v>10</v>
       </c>
       <c r="H275" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>261</v>
+        <v>114</v>
       </c>
       <c r="B276">
-        <v>76411007</v>
+        <v>80210356</v>
       </c>
       <c r="C276" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="E276" t="s">
-        <v>322</v>
+        <v>9</v>
       </c>
       <c r="F276" s="2">
-        <v>120.0</v>
+        <v>50.0</v>
       </c>
       <c r="G276" t="s">
         <v>10</v>
       </c>
       <c r="H276" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>296</v>
+        <v>151</v>
       </c>
       <c r="B277">
-        <v>47845486</v>
+        <v>42030605</v>
       </c>
       <c r="C277" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
       <c r="E277" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F277" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G277" t="s">
         <v>10</v>
       </c>
       <c r="H277" t="s">
-        <v>324</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>42</v>
+        <v>209</v>
       </c>
       <c r="B278">
-        <v>2075447</v>
+        <v>20609358221</v>
       </c>
       <c r="C278" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2">
-        <v>50.0</v>
+        <v>150.0</v>
       </c>
       <c r="G278" t="s">
         <v>10</v>
       </c>
       <c r="H278" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>62</v>
+        <v>227</v>
       </c>
       <c r="B279">
-        <v>76358877</v>
+        <v>20611088737</v>
       </c>
       <c r="C279" t="s">
-        <v>326</v>
+        <v>310</v>
       </c>
       <c r="E279" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F279" s="2">
-        <v>70.0</v>
+        <v>195.0</v>
       </c>
       <c r="G279" t="s">
         <v>10</v>
       </c>
       <c r="H279" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>137</v>
+        <v>288</v>
       </c>
       <c r="B280">
-        <v>23711335</v>
+        <v>20486323273</v>
       </c>
       <c r="C280" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="E280" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="F280" s="2">
-        <v>180.0</v>
+        <v>70.0</v>
       </c>
       <c r="G280" t="s">
         <v>10</v>
       </c>
       <c r="H280" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>153</v>
+        <v>313</v>
       </c>
       <c r="B281">
-        <v>10200559652</v>
+        <v>47740220</v>
       </c>
       <c r="C281" t="s">
-        <v>328</v>
+        <v>312</v>
       </c>
       <c r="E281" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F281" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G281" t="s">
         <v>10</v>
       </c>
       <c r="H281" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>188</v>
+        <v>264</v>
       </c>
       <c r="B282">
-        <v>77087021</v>
+        <v>43658491</v>
       </c>
       <c r="C282" t="s">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="E282" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F282" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G282" t="s">
         <v>10</v>
       </c>
       <c r="H282" t="s">
-        <v>14</v>
+        <v>119</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>204</v>
+        <v>40</v>
       </c>
       <c r="B283">
-        <v>76667607</v>
+        <v>40484231</v>
       </c>
       <c r="C283" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="E283" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F283" s="2">
-        <v>70.0</v>
+        <v>65.0</v>
       </c>
       <c r="G283" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H283" t="s">
-        <v>28</v>
+        <v>119</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>224</v>
+        <v>260</v>
       </c>
       <c r="B284">
-        <v>45908016</v>
+        <v>20104831</v>
       </c>
       <c r="C284" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="E284" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F284" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G284" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H284" t="s">
-        <v>14</v>
+        <v>316</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>279</v>
+        <v>251</v>
       </c>
       <c r="B285">
-        <v>41749273</v>
+        <v>45170160</v>
       </c>
       <c r="C285" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="E285" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F285" s="2">
         <v>70.0</v>
       </c>
       <c r="G285" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H285" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>6</v>
+        <v>252</v>
       </c>
       <c r="B286">
-        <v>74160851</v>
+        <v>47199640</v>
       </c>
       <c r="C286" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="E286" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="F286" s="2">
-        <v>70.0</v>
+        <v>65.0</v>
       </c>
       <c r="G286" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H286" t="s">
-        <v>28</v>
+        <v>320</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>171</v>
+        <v>133</v>
       </c>
       <c r="B287">
-        <v>42269481</v>
+        <v>45614531</v>
       </c>
       <c r="C287" t="s">
-        <v>334</v>
+        <v>59</v>
       </c>
       <c r="E287" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F287" s="2">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
       <c r="G287" t="s">
         <v>10</v>
       </c>
       <c r="H287" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>189</v>
+        <v>152</v>
       </c>
       <c r="B288">
-        <v>20605049878</v>
+        <v>44753636</v>
       </c>
       <c r="C288" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="E288" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F288" s="2">
-        <v>75.0</v>
+        <v>65.0</v>
       </c>
       <c r="G288" t="s">
         <v>10</v>
       </c>
       <c r="H288" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B289">
-        <v>40810035</v>
+        <v>44489431</v>
       </c>
       <c r="C289" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
       <c r="E289" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2">
         <v>50.0</v>
       </c>
       <c r="G289" t="s">
         <v>10</v>
       </c>
       <c r="H289" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>280</v>
+        <v>253</v>
       </c>
       <c r="B290">
-        <v>48351146</v>
+        <v>41865706</v>
       </c>
       <c r="C290" t="s">
-        <v>337</v>
+        <v>323</v>
       </c>
       <c r="E290" t="s">
-        <v>54</v>
+        <v>127</v>
       </c>
       <c r="F290" s="2">
         <v>65.0</v>
       </c>
       <c r="G290" t="s">
         <v>10</v>
       </c>
       <c r="H290" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>7</v>
+        <v>292</v>
       </c>
       <c r="B291">
-        <v>73877096</v>
+        <v>45529582</v>
       </c>
       <c r="C291" t="s">
-        <v>338</v>
+        <v>324</v>
       </c>
       <c r="E291" t="s">
-        <v>9</v>
+        <v>325</v>
       </c>
       <c r="F291" s="2">
-        <v>50.0</v>
+        <v>75.0</v>
       </c>
       <c r="G291" t="s">
         <v>10</v>
       </c>
       <c r="H291" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>28</v>
       </c>
       <c r="B292">
         <v>19827087</v>
       </c>
       <c r="C292" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
       <c r="E292" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F292" s="2">
         <v>65.0</v>
       </c>
       <c r="G292" t="s">
         <v>10</v>
       </c>
       <c r="H292" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B293">
-        <v>42103057</v>
+        <v>48005040</v>
       </c>
       <c r="C293" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="E293" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F293" s="2">
-        <v>65.0</v>
+        <v>60.0</v>
       </c>
       <c r="G293" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H293" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>245</v>
+        <v>69</v>
       </c>
       <c r="B294">
-        <v>41993606</v>
+        <v>45799907</v>
       </c>
       <c r="C294" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="E294" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F294" s="2">
         <v>70.0</v>
       </c>
       <c r="G294" t="s">
         <v>10</v>
       </c>
       <c r="H294" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>9</v>
+        <v>212</v>
       </c>
       <c r="B295">
-        <v>75481836</v>
+        <v>71097936</v>
       </c>
       <c r="C295" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="E295" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F295" s="2">
-        <v>50.0</v>
+        <v>95.0</v>
       </c>
       <c r="G295" t="s">
         <v>10</v>
       </c>
       <c r="H295" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="B296">
-        <v>20069322</v>
+        <v>74160851</v>
       </c>
       <c r="C296" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
       <c r="E296" t="s">
-        <v>226</v>
+        <v>43</v>
       </c>
       <c r="F296" s="2">
-        <v>90.0</v>
+        <v>70.0</v>
       </c>
       <c r="G296" t="s">
         <v>10</v>
       </c>
       <c r="H296" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>282</v>
+        <v>29</v>
       </c>
       <c r="B297">
-        <v>20606358408</v>
+        <v>20069322</v>
       </c>
       <c r="C297" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="E297" t="s">
-        <v>9</v>
+        <v>219</v>
       </c>
       <c r="F297" s="2">
-        <v>50.0</v>
+        <v>90.0</v>
       </c>
       <c r="G297" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H297" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="B298">
-        <v>43296864</v>
+        <v>45038125</v>
       </c>
       <c r="C298" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="E298" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="F298" s="2">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="G298" t="s">
         <v>10</v>
       </c>
       <c r="H298" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="B299">
-        <v>46259347</v>
+        <v>23711335</v>
       </c>
       <c r="C299" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="E299" t="s">
-        <v>9</v>
+        <v>177</v>
       </c>
       <c r="F299" s="2">
-        <v>50.0</v>
+        <v>200.0</v>
       </c>
       <c r="G299" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H299" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="B300">
-        <v>48005040</v>
+        <v>75481836</v>
       </c>
       <c r="C300" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="E300" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F300" s="2">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="G300" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H300" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>141</v>
+        <v>30</v>
       </c>
       <c r="B301">
-        <v>20087664</v>
+        <v>46259347</v>
       </c>
       <c r="C301" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="E301" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F301" s="2">
-        <v>135.0</v>
+        <v>50.0</v>
       </c>
       <c r="G301" t="s">
         <v>10</v>
       </c>
       <c r="H301" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>11</v>
+        <v>233</v>
       </c>
       <c r="B302">
-        <v>41872548</v>
+        <v>10432688</v>
       </c>
       <c r="C302" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="E302" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G302" t="s">
         <v>10</v>
       </c>
       <c r="H302" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="B303">
-        <v>48509031</v>
+        <v>20038749</v>
       </c>
       <c r="C303" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="E303" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F303" s="2">
-        <v>70.0</v>
+        <v>75.0</v>
       </c>
       <c r="G303" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H303" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>250</v>
+        <v>295</v>
       </c>
       <c r="B304">
-        <v>46825423</v>
+        <v>75020694</v>
       </c>
       <c r="C304" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="E304" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F304" s="2">
         <v>70.0</v>
       </c>
       <c r="G304" t="s">
         <v>10</v>
       </c>
       <c r="H304" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="B305">
-        <v>70302505</v>
+        <v>43296864</v>
       </c>
       <c r="C305" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="E305" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="F305" s="2">
-        <v>70.0</v>
+        <v>60.0</v>
       </c>
       <c r="G305" t="s">
         <v>10</v>
       </c>
       <c r="H305" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>284</v>
+        <v>53</v>
       </c>
       <c r="B306">
-        <v>76370946</v>
+        <v>47993430</v>
       </c>
       <c r="C306" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="E306" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F306" s="2">
         <v>50.0</v>
       </c>
       <c r="G306" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H306" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="B307">
-        <v>45038125</v>
+        <v>77160715</v>
       </c>
       <c r="C307" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="E307" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F307" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G307" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H307" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>69</v>
+        <v>159</v>
       </c>
       <c r="B308">
-        <v>45799907</v>
+        <v>46883044</v>
       </c>
       <c r="C308" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="E308" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="F308" s="2">
-        <v>70.0</v>
+        <v>125.0</v>
       </c>
       <c r="G308" t="s">
         <v>10</v>
       </c>
       <c r="H308" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>89</v>
+        <v>217</v>
       </c>
       <c r="B309">
-        <v>75740841</v>
+        <v>20069521</v>
       </c>
       <c r="C309" t="s">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="E309" t="s">
-        <v>13</v>
+        <v>344</v>
       </c>
       <c r="F309" s="2">
-        <v>70.0</v>
+        <v>120.0</v>
       </c>
       <c r="G309" t="s">
         <v>10</v>
       </c>
       <c r="H309" t="s">
-        <v>14</v>
+        <v>345</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>159</v>
+        <v>234</v>
       </c>
       <c r="B310">
-        <v>46883044</v>
+        <v>41234818</v>
       </c>
       <c r="C310" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="E310" t="s">
-        <v>76</v>
+        <v>213</v>
       </c>
       <c r="F310" s="2">
-        <v>125.0</v>
+        <v>135.0</v>
       </c>
       <c r="G310" t="s">
         <v>10</v>
       </c>
       <c r="H310" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="B311">
-        <v>71097936</v>
+        <v>41872548</v>
       </c>
       <c r="C311" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="E311" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F311" s="2">
         <v>70.0</v>
       </c>
       <c r="G311" t="s">
         <v>10</v>
       </c>
       <c r="H311" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>230</v>
+        <v>75</v>
       </c>
       <c r="B312">
-        <v>44489431</v>
+        <v>75740831</v>
       </c>
       <c r="C312" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="E312" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2">
         <v>50.0</v>
       </c>
       <c r="G312" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H312" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="B313">
-        <v>75802604</v>
+        <v>20087664</v>
       </c>
       <c r="C313" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="E313" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="F313" s="2">
-        <v>70.0</v>
+        <v>135.0</v>
       </c>
       <c r="G313" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H313" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>127</v>
+        <v>218</v>
       </c>
       <c r="B314">
-        <v>72692378</v>
+        <v>46953863</v>
       </c>
       <c r="C314" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="E314" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F314" s="2">
-        <v>65.0</v>
+        <v>50.0</v>
       </c>
       <c r="G314" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H314" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>144</v>
+        <v>279</v>
       </c>
       <c r="B315">
-        <v>20035438</v>
+        <v>41749273</v>
       </c>
       <c r="C315" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="E315" t="s">
-        <v>156</v>
+        <v>17</v>
       </c>
       <c r="F315" s="2">
-        <v>100.0</v>
+        <v>70.0</v>
       </c>
       <c r="G315" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H315" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>304</v>
+        <v>76</v>
       </c>
       <c r="B316">
-        <v>75600133</v>
+        <v>40248531</v>
       </c>
       <c r="C316" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="E316" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F316" s="2">
         <v>70.0</v>
       </c>
       <c r="G316" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H316" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>53</v>
+        <v>162</v>
       </c>
       <c r="B317">
-        <v>47993430</v>
+        <v>80260752</v>
       </c>
       <c r="C317" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="E317" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F317" s="2">
-        <v>50.0</v>
+        <v>140.0</v>
       </c>
       <c r="G317" t="s">
         <v>10</v>
       </c>
       <c r="H317" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="B318">
-        <v>20038180</v>
+        <v>20608828371</v>
       </c>
       <c r="C318" t="s">
-        <v>365</v>
+        <v>279</v>
       </c>
       <c r="E318" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F318" s="2">
-        <v>70.0</v>
+        <v>210.0</v>
       </c>
       <c r="G318" t="s">
         <v>10</v>
       </c>
       <c r="H318" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>91</v>
+        <v>236</v>
       </c>
       <c r="B319">
-        <v>44027935</v>
+        <v>47155548</v>
       </c>
       <c r="C319" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="E319" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F319" s="2">
         <v>70.0</v>
       </c>
       <c r="G319" t="s">
         <v>10</v>
       </c>
       <c r="H319" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>128</v>
+        <v>261</v>
       </c>
       <c r="B320">
-        <v>20122795</v>
+        <v>76411007</v>
       </c>
       <c r="C320" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="E320" t="s">
-        <v>9</v>
+        <v>344</v>
       </c>
       <c r="F320" s="2">
-        <v>50.0</v>
+        <v>120.0</v>
       </c>
       <c r="G320" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H320" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>162</v>
+        <v>280</v>
       </c>
       <c r="B321">
-        <v>80260752</v>
+        <v>48351146</v>
       </c>
       <c r="C321" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="E321" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F321" s="2">
-        <v>140.0</v>
+        <v>50.0</v>
       </c>
       <c r="G321" t="s">
         <v>10</v>
       </c>
       <c r="H321" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>253</v>
+        <v>144</v>
       </c>
       <c r="B322">
-        <v>41865706</v>
+        <v>20035438</v>
       </c>
       <c r="C322" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="E322" t="s">
-        <v>96</v>
+        <v>177</v>
       </c>
       <c r="F322" s="2">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="G322" t="s">
         <v>10</v>
       </c>
       <c r="H322" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>270</v>
+        <v>220</v>
       </c>
       <c r="B323">
-        <v>73188277</v>
+        <v>43011276</v>
       </c>
       <c r="C323" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="E323" t="s">
-        <v>226</v>
+        <v>9</v>
       </c>
       <c r="F323" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="G323" t="s">
         <v>10</v>
       </c>
       <c r="H323" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>305</v>
+        <v>199</v>
       </c>
       <c r="B324">
-        <v>20541560492</v>
+        <v>41137102</v>
       </c>
       <c r="C324" t="s">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="E324" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F324" s="2">
-        <v>70.0</v>
+        <v>210.0</v>
       </c>
       <c r="G324" t="s">
         <v>10</v>
       </c>
       <c r="H324" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="B325">
-        <v>43681975</v>
+        <v>20606358408</v>
       </c>
       <c r="C325" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
       <c r="E325" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F325" s="2">
-        <v>90.0</v>
+        <v>50.0</v>
       </c>
       <c r="G325" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H325" t="s">
-        <v>324</v>
+        <v>13</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="B326">
-        <v>43454470</v>
+        <v>41112043</v>
       </c>
       <c r="C326" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="E326" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="F326" s="2">
-        <v>80.0</v>
+        <v>70.0</v>
       </c>
       <c r="G326" t="s">
         <v>10</v>
       </c>
       <c r="H326" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="B327">
-        <v>43106479</v>
+        <v>72692378</v>
       </c>
       <c r="C327" t="s">
-        <v>374</v>
+        <v>362</v>
       </c>
       <c r="E327" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="F327" s="2">
         <v>65.0</v>
       </c>
       <c r="G327" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H327" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>197</v>
+        <v>146</v>
       </c>
       <c r="B328">
-        <v>20608828371</v>
+        <v>43106479</v>
       </c>
       <c r="C328" t="s">
-        <v>285</v>
+        <v>363</v>
       </c>
       <c r="E328" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F328" s="2">
-        <v>210.0</v>
+        <v>65.0</v>
       </c>
       <c r="G328" t="s">
         <v>10</v>
       </c>
       <c r="H328" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="B329">
-        <v>20069521</v>
+        <v>20087097</v>
       </c>
       <c r="C329" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="E329" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
       <c r="F329" s="2">
-        <v>120.0</v>
+        <v>140.0</v>
       </c>
       <c r="G329" t="s">
         <v>10</v>
       </c>
       <c r="H329" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>233</v>
+        <v>304</v>
       </c>
       <c r="B330">
-        <v>10432688</v>
+        <v>75600133</v>
       </c>
       <c r="C330" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
       <c r="E330" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F330" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G330" t="s">
         <v>10</v>
       </c>
       <c r="H330" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>18</v>
       </c>
       <c r="B331">
         <v>47856066</v>
       </c>
       <c r="C331" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="E331" t="s">
-        <v>76</v>
+        <v>213</v>
       </c>
       <c r="F331" s="2">
         <v>125.0</v>
       </c>
       <c r="G331" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H331" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="B332">
-        <v>41112043</v>
+        <v>20122795</v>
       </c>
       <c r="C332" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="E332" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="F332" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G332" t="s">
         <v>10</v>
       </c>
       <c r="H332" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B333">
-        <v>46953863</v>
+        <v>19817872</v>
       </c>
       <c r="C333" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="E333" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F333" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G333" t="s">
         <v>10</v>
       </c>
       <c r="H333" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B334">
-        <v>41234818</v>
+        <v>41993606</v>
       </c>
       <c r="C334" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="E334" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="F334" s="2">
-        <v>135.0</v>
+        <v>70.0</v>
       </c>
       <c r="G334" t="s">
         <v>10</v>
       </c>
       <c r="H334" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>74</v>
+        <v>284</v>
       </c>
       <c r="B335">
-        <v>77160715</v>
+        <v>76370946</v>
       </c>
       <c r="C335" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="E335" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F335" s="2">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="G335" t="s">
         <v>10</v>
       </c>
       <c r="H335" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>148</v>
+        <v>305</v>
       </c>
       <c r="B336">
-        <v>75236175</v>
+        <v>20541560492</v>
       </c>
       <c r="C336" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="E336" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="F336" s="2">
         <v>70.0</v>
       </c>
       <c r="G336" t="s">
         <v>10</v>
       </c>
       <c r="H336" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>199</v>
+        <v>38</v>
       </c>
       <c r="B337">
-        <v>41137102</v>
+        <v>44636258</v>
       </c>
       <c r="C337" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="E337" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2">
-        <v>210.0</v>
+        <v>50.0</v>
       </c>
       <c r="G337" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H337" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>292</v>
+        <v>62</v>
       </c>
       <c r="B338">
-        <v>45529582</v>
+        <v>76358877</v>
       </c>
       <c r="C338" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="E338" t="s">
-        <v>385</v>
+        <v>17</v>
       </c>
       <c r="F338" s="2">
-        <v>75.0</v>
+        <v>70.0</v>
       </c>
       <c r="G338" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H338" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="B339">
-        <v>44636258</v>
+        <v>75236175</v>
       </c>
       <c r="C339" t="s">
-        <v>386</v>
+        <v>375</v>
       </c>
       <c r="E339" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F339" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G339" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H339" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>75</v>
+        <v>167</v>
       </c>
       <c r="B340">
-        <v>75740831</v>
+        <v>40602070</v>
       </c>
       <c r="C340" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="E340" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2">
         <v>50.0</v>
       </c>
       <c r="G340" t="s">
         <v>10</v>
       </c>
       <c r="H340" t="s">
-        <v>14</v>
+        <v>345</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>132</v>
+        <v>224</v>
       </c>
       <c r="B341">
-        <v>45672164</v>
+        <v>45908016</v>
       </c>
       <c r="C341" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="E341" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F341" s="2">
-        <v>115.0</v>
+        <v>50.0</v>
       </c>
       <c r="G341" t="s">
         <v>10</v>
       </c>
       <c r="H341" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>200</v>
+        <v>267</v>
       </c>
       <c r="B342">
-        <v>20087097</v>
+        <v>70302505</v>
       </c>
       <c r="C342" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="E342" t="s">
-        <v>390</v>
+        <v>17</v>
       </c>
       <c r="F342" s="2">
-        <v>140.0</v>
+        <v>120.0</v>
       </c>
       <c r="G342" t="s">
         <v>10</v>
       </c>
       <c r="H342" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>220</v>
+        <v>91</v>
       </c>
       <c r="B343">
-        <v>43011276</v>
+        <v>44027935</v>
       </c>
       <c r="C343" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="E343" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F343" s="2">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="G343" t="s">
         <v>10</v>
       </c>
       <c r="H343" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>236</v>
+        <v>168</v>
       </c>
       <c r="B344">
-        <v>47155548</v>
+        <v>75802623</v>
       </c>
       <c r="C344" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="E344" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="F344" s="2">
-        <v>50.0</v>
+        <v>65.0</v>
       </c>
       <c r="G344" t="s">
         <v>10</v>
       </c>
       <c r="H344" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>265</v>
+        <v>225</v>
       </c>
       <c r="B345">
-        <v>72577712</v>
+        <v>40810035</v>
       </c>
       <c r="C345" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="E345" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F345" s="2">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="G345" t="s">
         <v>10</v>
       </c>
       <c r="H345" t="s">
-        <v>394</v>
+        <v>13</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B346">
-        <v>20051497</v>
+        <v>43454470</v>
       </c>
       <c r="C346" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="E346" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F346" s="2">
-        <v>70.0</v>
+        <v>80.0</v>
       </c>
       <c r="G346" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="H346" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>298</v>
+        <v>169</v>
       </c>
       <c r="B347">
-        <v>46977351</v>
+        <v>40149233</v>
       </c>
       <c r="C347" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
       <c r="E347" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F347" s="2">
         <v>50.0</v>
       </c>
       <c r="G347" t="s">
         <v>10</v>
       </c>
       <c r="H347" t="s">
-        <v>397</v>
+        <v>13</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>188</v>
+      </c>
+      <c r="B348">
+        <v>77087021</v>
       </c>
       <c r="C348" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="E348" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F348" s="2">
+        <v>50.0</v>
+      </c>
+      <c r="G348" t="s">
+        <v>10</v>
+      </c>
+      <c r="H348" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349">
+        <v>250</v>
+      </c>
+      <c r="B349">
+        <v>46825423</v>
+      </c>
+      <c r="C349" t="s">
+        <v>385</v>
+      </c>
+      <c r="E349" t="s">
+        <v>17</v>
+      </c>
+      <c r="F349" s="2">
+        <v>70.0</v>
+      </c>
+      <c r="G349" t="s">
+        <v>10</v>
+      </c>
+      <c r="H349" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350">
+        <v>42</v>
+      </c>
+      <c r="B350">
+        <v>2075447</v>
+      </c>
+      <c r="C350" t="s">
+        <v>386</v>
+      </c>
+      <c r="E350" t="s">
+        <v>9</v>
+      </c>
+      <c r="F350" s="2">
+        <v>50.0</v>
+      </c>
+      <c r="G350" t="s">
+        <v>41</v>
+      </c>
+      <c r="H350" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351">
+        <v>132</v>
+      </c>
+      <c r="B351">
+        <v>45672164</v>
+      </c>
+      <c r="C351" t="s">
+        <v>387</v>
+      </c>
+      <c r="E351" t="s">
+        <v>213</v>
+      </c>
+      <c r="F351" s="2">
+        <v>115.0</v>
+      </c>
+      <c r="G351" t="s">
+        <v>10</v>
+      </c>
+      <c r="H351" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352">
+        <v>171</v>
+      </c>
+      <c r="B352">
+        <v>42269481</v>
+      </c>
+      <c r="C352" t="s">
+        <v>388</v>
+      </c>
+      <c r="E352" t="s">
+        <v>127</v>
+      </c>
+      <c r="F352" s="2">
         <v>65.0</v>
       </c>
-      <c r="G348" t="s">
-[...3 lines deleted...]
-        <v>400</v>
+      <c r="G352" t="s">
+        <v>10</v>
+      </c>
+      <c r="H352" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353">
+        <v>189</v>
+      </c>
+      <c r="B353">
+        <v>20605049878</v>
+      </c>
+      <c r="C353" t="s">
+        <v>389</v>
+      </c>
+      <c r="E353" t="s">
+        <v>127</v>
+      </c>
+      <c r="F353" s="2">
+        <v>75.0</v>
+      </c>
+      <c r="G353" t="s">
+        <v>41</v>
+      </c>
+      <c r="H353" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354">
+        <v>270</v>
+      </c>
+      <c r="B354">
+        <v>73188277</v>
+      </c>
+      <c r="C354" t="s">
+        <v>390</v>
+      </c>
+      <c r="E354" t="s">
+        <v>9</v>
+      </c>
+      <c r="F354" s="2">
+        <v>50.0</v>
+      </c>
+      <c r="G354" t="s">
+        <v>10</v>
+      </c>
+      <c r="H354" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355">
+        <v>265</v>
+      </c>
+      <c r="B355">
+        <v>72577712</v>
+      </c>
+      <c r="C355" t="s">
+        <v>391</v>
+      </c>
+      <c r="E355" t="s">
+        <v>17</v>
+      </c>
+      <c r="F355" s="2">
+        <v>100.0</v>
+      </c>
+      <c r="G355" t="s">
+        <v>10</v>
+      </c>
+      <c r="H355" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356">
+        <v>99</v>
+      </c>
+      <c r="B356">
+        <v>20051497</v>
+      </c>
+      <c r="C356" t="s">
+        <v>393</v>
+      </c>
+      <c r="E356" t="s">
+        <v>17</v>
+      </c>
+      <c r="F356" s="2">
+        <v>70.0</v>
+      </c>
+      <c r="G356" t="s">
+        <v>41</v>
+      </c>
+      <c r="H356" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>